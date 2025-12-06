--- v0 (2025-10-09)
+++ v1 (2025-12-06)
@@ -2,99 +2,100 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7C0570A5" w14:textId="355B87CD" w:rsidR="00062165" w:rsidRDefault="3511140C" w:rsidP="28A0BC37">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="105C145C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Community Profile</w:t>
       </w:r>
       <w:r w:rsidR="00CF7A64" w:rsidRPr="105C145C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Insight</w:t>
       </w:r>
       <w:r w:rsidRPr="105C145C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Grant </w:t>
       </w:r>
       <w:r w:rsidR="00F221B1" w:rsidRPr="105C145C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Applicatio</w:t>
       </w:r>
       <w:r w:rsidR="00CF7A64" w:rsidRPr="105C145C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="6D203159" w:rsidRPr="105C145C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="672A6659" w14:textId="11CDC2BE" w:rsidR="00F221B1" w:rsidRDefault="5811F967" w:rsidP="7F833CD4">
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+    <w:p w14:paraId="224403B1" w14:textId="5BC04F12" w:rsidR="00261BDB" w:rsidRPr="00261BDB" w:rsidRDefault="5811F967" w:rsidP="7F833CD4">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7F833CD4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>If you need more space to answer any questions, please use extra paper clearly numbered before sending your application forms back to us</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DD407DD" w14:textId="67C42C21" w:rsidR="00F221B1" w:rsidRDefault="00F221B1" w:rsidP="7F833CD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Name of organisation</w:t>
       </w:r>
       <w:r w:rsidR="5C6444AF">
         <w:t>, lead applicant and contact details</w:t>
       </w:r>
       <w:r w:rsidR="73B072BF">
@@ -517,58 +518,242 @@
         </w:rPr>
         <w:t xml:space="preserve"> a church, mosque, temple or synagogue – providing their project serves the whole community</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="742A419B" w14:textId="191D53C6" w:rsidR="14F1FC72" w:rsidRDefault="7E0D2D0D" w:rsidP="28A0BC37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="28A0BC37">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Other, please state below</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="062F42FE" w14:textId="4552B43D" w:rsidR="1D9EE2CB" w:rsidRDefault="1D9EE2CB" w:rsidP="1D9EE2CB"/>
-    <w:p w14:paraId="5AA55699" w14:textId="39441BCE" w:rsidR="00F221B1" w:rsidRDefault="00F221B1" w:rsidP="00F221B1">
+    <w:p w14:paraId="6E119073" w14:textId="77777777" w:rsidR="00261BDB" w:rsidRDefault="00261BDB" w:rsidP="00261BDB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41E7F1F0" w14:textId="16B0062D" w:rsidR="00261BDB" w:rsidRDefault="00261BDB" w:rsidP="00261BDB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Which Area or Areas are you applying for? Please tick all applicable if applying for a project you will run in multiple areas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE4A7E5" w14:textId="77777777" w:rsidR="00261BDB" w:rsidRDefault="00261BDB" w:rsidP="00261BDB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7694932E" w14:textId="7A7EA5B1" w:rsidR="00261BDB" w:rsidRDefault="00261BDB" w:rsidP="00261BDB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Barton</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B9B247A" w14:textId="7C4B7F32" w:rsidR="00261BDB" w:rsidRDefault="00261BDB" w:rsidP="00261BDB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Central</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DDACC79" w14:textId="2C572EAA" w:rsidR="00261BDB" w:rsidRDefault="00261BDB" w:rsidP="00261BDB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Littlemore</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25699FAC" w14:textId="47C15A41" w:rsidR="00261BDB" w:rsidRDefault="00261BDB" w:rsidP="00261BDB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Rose Hill</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06EDD09D" w14:textId="5FD01AEA" w:rsidR="00261BDB" w:rsidRDefault="00261BDB" w:rsidP="00261BDB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>The Leys</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E82A480" w14:textId="6855BC04" w:rsidR="00261BDB" w:rsidRPr="00261BDB" w:rsidRDefault="00261BDB" w:rsidP="00261BDB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Wood Farm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="059CA6EF" w14:textId="77777777" w:rsidR="00261BDB" w:rsidRDefault="00261BDB" w:rsidP="00261BDB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="062F42FE" w14:textId="4552B43D" w:rsidR="1D9EE2CB" w:rsidRDefault="1D9EE2CB" w:rsidP="1D9EE2CB"/>
+    <w:p w14:paraId="5AA55699" w14:textId="39441BCE" w:rsidR="00F221B1" w:rsidRDefault="00F221B1" w:rsidP="00F221B1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Total amount of funding required</w:t>
       </w:r>
       <w:r w:rsidR="79CEBE2D">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> out</w:t>
       </w:r>
       <w:r w:rsidR="7726C1AA">
         <w:t>l</w:t>
       </w:r>
       <w:r>
         <w:t>ine of costs?</w:t>
       </w:r>
       <w:r w:rsidR="073F26EA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39403EA7" w14:textId="67AC61D9" w:rsidR="00F221B1" w:rsidRDefault="10A64954" w:rsidP="28A0BC37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -600,101 +785,102 @@
         </w:rPr>
         <w:t xml:space="preserve">include </w:t>
       </w:r>
       <w:r w:rsidR="073F26EA" w:rsidRPr="28A0BC37">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">10% contingency </w:t>
       </w:r>
       <w:r w:rsidR="451C357B" w:rsidRPr="28A0BC37">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>to cover</w:t>
       </w:r>
       <w:r w:rsidR="073F26EA" w:rsidRPr="28A0BC37">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> unexpected costs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08A0382F" w14:textId="183D43E9" w:rsidR="660C8E99" w:rsidRDefault="660C8E99" w:rsidP="28A0BC37">
+    <w:p w14:paraId="08A0382F" w14:textId="183D43E9" w:rsidR="660C8E99" w:rsidRPr="00261BDB" w:rsidRDefault="660C8E99" w:rsidP="28A0BC37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="7F833CD4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="004B5DDA" w:rsidRPr="7F833CD4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>utilise the</w:t>
       </w:r>
       <w:r w:rsidRPr="7F833CD4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> budget template to help itemise </w:t>
       </w:r>
       <w:r w:rsidR="004B5DDA" w:rsidRPr="7F833CD4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>how</w:t>
       </w:r>
       <w:r w:rsidRPr="7F833CD4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> funding will be </w:t>
       </w:r>
       <w:r w:rsidR="004B5DDA" w:rsidRPr="7F833CD4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>spent</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="1B73F38D" w14:textId="4CF29BAE" w:rsidR="00261BDB" w:rsidRDefault="00261BDB" w:rsidP="00261BDB"/>
     <w:p w14:paraId="79E927E2" w14:textId="7A954478" w:rsidR="7F833CD4" w:rsidRDefault="7F833CD4" w:rsidP="7F833CD4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E17E64A" w14:textId="6A1612D5" w:rsidR="7F833CD4" w:rsidRDefault="7F833CD4" w:rsidP="7F833CD4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45A99541" w14:textId="77777777" w:rsidR="004B5DDA" w:rsidRDefault="004B5DDA" w:rsidP="004B5DDA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
@@ -723,51 +909,50 @@
         <w:gridCol w:w="1356"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
       <w:tr w:rsidR="004B5DDA" w14:paraId="116419FC" w14:textId="77777777" w:rsidTr="75282E48">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15CFB4C9" w14:textId="77777777" w:rsidR="004B5DDA" w:rsidRDefault="004B5DDA">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Item Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4314" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C573226" w14:textId="77777777" w:rsidR="004B5DDA" w:rsidRDefault="004B5DDA">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Item Description</w:t>
             </w:r>
           </w:p>
@@ -2601,51 +2786,50 @@
       <w:r w:rsidRPr="28A0BC37">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Aims of what you are trying to achieve</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FE1869E" w14:textId="2030EC93" w:rsidR="7621AF6C" w:rsidRDefault="7621AF6C" w:rsidP="28A0BC37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="28A0BC37">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>What your understanding of the local area is and how your idea supports the local community</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7638A3CA" w14:textId="016300D0" w:rsidR="14D883FA" w:rsidRDefault="14D883FA" w:rsidP="28A0BC37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="28A0BC37">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">What will </w:t>
       </w:r>
       <w:r w:rsidR="004B5DDA">
         <w:rPr>
           <w:i/>
@@ -2834,51 +3018,50 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B5DDA">
         <w:t>How will the project be managed?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02196584" w14:textId="719B12C0" w:rsidR="009902C4" w:rsidRPr="00114C13" w:rsidRDefault="009902C4" w:rsidP="7F833CD4">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7F833CD4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Please consider who is responsible for delivery, management, evaluation, and what relevant </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="7F833CD4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>skills and experience you have in your team</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E3D0A30" w14:textId="66CF77D4" w:rsidR="7F833CD4" w:rsidRDefault="7F833CD4" w:rsidP="7F833CD4">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
@@ -2965,51 +3148,50 @@
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidR="00F221B1">
         <w:t xml:space="preserve">ow will you promote this locally? How many people </w:t>
       </w:r>
       <w:r w:rsidR="12EB011A">
         <w:t>will benefit from</w:t>
       </w:r>
       <w:r w:rsidR="00F221B1">
         <w:t xml:space="preserve"> your project? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="645146AD" w14:textId="3327B1C2" w:rsidR="00D546F8" w:rsidRDefault="0F2D7C19" w:rsidP="7F833CD4">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7F833CD4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="6CF82FE6" w:rsidRPr="7F833CD4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">f </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="6CF82FE6" w:rsidRPr="7F833CD4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>relevant</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="6CF82FE6" w:rsidRPr="7F833CD4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> please list this in your budget sheet with cost per head</w:t>
       </w:r>
@@ -3421,128 +3603,128 @@
         <w:trPr>
           <w:trHeight w:val="2835"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9015" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F06729E" w14:textId="3E64D1F2" w:rsidR="7F833CD4" w:rsidRDefault="7F833CD4" w:rsidP="7F833CD4"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1A7C6AEB" w14:textId="2809F9C2" w:rsidR="75282E48" w:rsidRDefault="75282E48" w:rsidP="5C390FD8"/>
     <w:p w14:paraId="53FFE80D" w14:textId="6866D157" w:rsidR="75282E48" w:rsidRDefault="75282E48" w:rsidP="75282E48"/>
     <w:p w14:paraId="57629D65" w14:textId="1E94FFD0" w:rsidR="75282E48" w:rsidRDefault="75282E48" w:rsidP="75282E48"/>
     <w:sectPr w:rsidR="75282E48">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00216198"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA60E732"/>
     <w:lvl w:ilvl="0" w:tplc="E9587442">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6CD21192">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5510,50 +5692,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71E52371"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B6D0DFB8"/>
+    <w:lvl w:ilvl="0" w:tplc="7C122232">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="766E2CB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0ED2FD90"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5622,51 +5917,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="789A2E35"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="718C6630"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5735,51 +6030,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78FF8F7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="364C80C0"/>
     <w:lvl w:ilvl="0" w:tplc="DF0EC92A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EFAC3430">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5848,51 +6143,51 @@
     <w:lvl w:ilvl="7" w:tplc="DC0C6E14">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6FB287AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CAB1E46"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="40FC6E9A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5961,51 +6256,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DDAC231"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD707E50"/>
     <w:lvl w:ilvl="0" w:tplc="3B5C8B14">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="09B0F27A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -6074,51 +6369,51 @@
     <w:lvl w:ilvl="7" w:tplc="C174192C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0E648662">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E346D53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8BC0B568"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6209,159 +6504,166 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1067798445">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1527256749">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1958827084">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="931476535">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="482696233">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="388767992">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="970984295">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="200676186">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1271207359">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2139376522">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="421798884">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="989405861">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="626857276">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="633559796">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1935507220">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1698896013">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="16083518">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="805898985">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1020396176">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1684278659">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="248197600">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="59789083">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="169639409">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="500702975">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1206986239">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F221B1"/>
     <w:rsid w:val="000131B3"/>
     <w:rsid w:val="00056A85"/>
     <w:rsid w:val="00061306"/>
     <w:rsid w:val="00062165"/>
     <w:rsid w:val="0006437A"/>
     <w:rsid w:val="00114C13"/>
     <w:rsid w:val="00225324"/>
     <w:rsid w:val="002337C2"/>
+    <w:rsid w:val="00261BDB"/>
     <w:rsid w:val="002A261E"/>
     <w:rsid w:val="002D1AC5"/>
     <w:rsid w:val="002F1104"/>
     <w:rsid w:val="0034751A"/>
     <w:rsid w:val="00386FB9"/>
     <w:rsid w:val="003B5828"/>
     <w:rsid w:val="003E448F"/>
+    <w:rsid w:val="00433A2D"/>
     <w:rsid w:val="0047301E"/>
     <w:rsid w:val="00493462"/>
     <w:rsid w:val="004A74C0"/>
     <w:rsid w:val="004B5DDA"/>
     <w:rsid w:val="004C5EA4"/>
     <w:rsid w:val="00500238"/>
     <w:rsid w:val="005E2448"/>
     <w:rsid w:val="00621DA7"/>
     <w:rsid w:val="00640413"/>
     <w:rsid w:val="006A324E"/>
     <w:rsid w:val="0078179A"/>
     <w:rsid w:val="007958E6"/>
+    <w:rsid w:val="00797EC5"/>
     <w:rsid w:val="008520F0"/>
     <w:rsid w:val="0087310B"/>
     <w:rsid w:val="008C171E"/>
     <w:rsid w:val="008C33A9"/>
     <w:rsid w:val="0096070A"/>
     <w:rsid w:val="009740DC"/>
     <w:rsid w:val="00976C0D"/>
     <w:rsid w:val="009902C4"/>
     <w:rsid w:val="009C4F3E"/>
     <w:rsid w:val="00BA74F6"/>
     <w:rsid w:val="00C13903"/>
     <w:rsid w:val="00C47544"/>
     <w:rsid w:val="00C67E58"/>
+    <w:rsid w:val="00C72504"/>
     <w:rsid w:val="00CF7A64"/>
     <w:rsid w:val="00D546F8"/>
     <w:rsid w:val="00DA2950"/>
     <w:rsid w:val="00DB771A"/>
     <w:rsid w:val="00DF7CDD"/>
     <w:rsid w:val="00E2532C"/>
     <w:rsid w:val="00E34E01"/>
     <w:rsid w:val="00E51361"/>
     <w:rsid w:val="00E6116B"/>
     <w:rsid w:val="00EF3B84"/>
     <w:rsid w:val="00F01E43"/>
     <w:rsid w:val="00F221B1"/>
     <w:rsid w:val="00F63658"/>
     <w:rsid w:val="00F927D4"/>
     <w:rsid w:val="00F96D37"/>
     <w:rsid w:val="01C58AA7"/>
     <w:rsid w:val="03756A73"/>
     <w:rsid w:val="03792134"/>
     <w:rsid w:val="04ED04BD"/>
     <w:rsid w:val="05EA507D"/>
     <w:rsid w:val="0610B018"/>
     <w:rsid w:val="062E59CD"/>
     <w:rsid w:val="0697F4A3"/>
     <w:rsid w:val="06AFD232"/>
     <w:rsid w:val="070623D7"/>
@@ -6568,51 +6870,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5C82FF80"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{697C2D2C-F86F-46B1-88AD-B12E3ABD33B3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7132,51 +7434,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF7A64"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -7692,87 +7994,81 @@
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{078006EA-D0B1-4034-A1EF-BBC686BAFFBE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8704caa4-e5a6-4ecf-8af7-197572409e8e"/>
     <ds:schemaRef ds:uri="89aa614f-de40-461f-ae2a-a8a9150a32b9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4015938-AEA9-4DA6-B5B3-8632EE0E5AE1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="89aa614f-de40-461f-ae2a-a8a9150a32b9"/>
     <ds:schemaRef ds:uri="8704caa4-e5a6-4ecf-8af7-197572409e8e"/>
-    <ds:schemaRef ds:uri="89aa614f-de40-461f-ae2a-a8a9150a32b9"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{625854A8-E3C3-4E1E-B653-33AF9CD04027}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>3184</Characters>
+  <Pages>8</Pages>
+  <Words>586</Words>
+  <Characters>3342</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
+  <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Oxford City Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3735</CharactersWithSpaces>
+  <CharactersWithSpaces>3921</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>BAILEY Alexa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006E3B7193EF96C4468CB0D0315A17B7D3</vt:lpwstr>
   </property>