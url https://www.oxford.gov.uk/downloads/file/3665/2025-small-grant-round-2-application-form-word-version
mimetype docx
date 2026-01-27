--- v0 (2025-10-09)
+++ v1 (2026-01-27)
@@ -1,3461 +1,3385 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="008A22C6" w:rsidP="008A22C6" w:rsidRDefault="005155DA" w14:paraId="66AB9AD4" w14:textId="43AB324A">
+    <w:p w14:paraId="66AB9AD4" w14:textId="21A24E40" w:rsidR="008A22C6" w:rsidRDefault="005155DA" w:rsidP="008A22C6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005155DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Oxford Community Impact Fund 2025-2026 Small Grant Round </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00841603">
+        <w:t>Oxford Community Impact Fund 202</w:t>
+      </w:r>
+      <w:r w:rsidR="005D08DD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005155DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="008A22C6" w:rsidRDefault="005155DA" w14:paraId="1BB00CA1" w14:textId="1D293FE3">
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="005D08DD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005155DA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Small Grant </w:t>
+      </w:r>
+      <w:r w:rsidR="005D08DD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Application Form</w:t>
+      </w:r>
+      <w:r w:rsidR="00D11624">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33EE9B72" w14:textId="77777777" w:rsidR="00D11624" w:rsidRDefault="00D11624" w:rsidP="008A22C6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76320395" w14:textId="714F596D" w:rsidR="00D11624" w:rsidRPr="00D11624" w:rsidRDefault="00D11624" w:rsidP="008A22C6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D11624">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This form is for preparation purposes only. All applications must be made via Plinth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505929A8" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="00D11624" w:rsidRDefault="005155DA" w:rsidP="008A22C6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BB00CA1" w14:textId="1D293FE3" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="008A22C6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005155DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="6E25E5BC" w14:textId="27D70BE3">
+    <w:p w14:paraId="6E25E5BC" w14:textId="5FC32843" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:r w:rsidRPr="005155DA">
-        <w:t xml:space="preserve">Oxford Community Impact Fund: Small Grants Round </w:t>
-[...2 lines deleted...]
-        <w:t>2</w:t>
+        <w:t xml:space="preserve">Oxford Community Impact Fund: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D11624">
+        <w:t xml:space="preserve">2026-27 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005155DA">
+        <w:t xml:space="preserve">Small Grants Round </w:t>
+      </w:r>
+      <w:r w:rsidR="005D08DD">
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="005155DA">
         <w:t xml:space="preserve"> has </w:t>
       </w:r>
       <w:r w:rsidR="003850F4">
-        <w:t>£34,000</w:t>
+        <w:t>£</w:t>
+      </w:r>
+      <w:r w:rsidR="005D08DD">
+        <w:t xml:space="preserve">50,000 </w:t>
       </w:r>
       <w:r w:rsidRPr="005155DA">
-        <w:t xml:space="preserve"> available.</w:t>
-[...3 lines deleted...]
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="58FC63F3" w14:textId="6690DE20">
+        <w:t>available.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EEB59C1" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA"/>
+    <w:p w14:paraId="58FC63F3" w14:textId="6690DE20" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005155DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Eligibility</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="5E9FE4ED" w14:textId="346A7BBA">
+    <w:p w14:paraId="5E9FE4ED" w14:textId="346A7BBA" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:r w:rsidRPr="005155DA">
         <w:t>All applicants will need to confirm how they meet the eligibility criteria on our website, in summary:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="215F5CF5" w14:textId="5EA65E7F">
+    <w:p w14:paraId="215F5CF5" w14:textId="5EA65E7F" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005155DA">
         <w:t>Not-for-profit organisations can apply for up to £3,000 per Small Grant</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="76C2B888" w14:textId="77777777"/>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="6084CDFE" w14:textId="272E406E">
+    <w:p w14:paraId="76C2B888" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA"/>
+    <w:p w14:paraId="6084CDFE" w14:textId="272E406E" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005155DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Briefing sessions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002716AA" w:rsidP="002716AA" w:rsidRDefault="005155DA" w14:paraId="5B11058B" w14:textId="77777777">
+    <w:p w14:paraId="22899110" w14:textId="77777777" w:rsidR="005D08DD" w:rsidRDefault="005155DA" w:rsidP="005D08DD">
       <w:r w:rsidRPr="005155DA">
         <w:t>We will be holding three optional briefing sessions to go through the application form and to answer any questions you may have. These are on the following dates and times</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006144B7" w:rsidR="006144B7" w:rsidP="006144B7" w:rsidRDefault="006144B7" w14:paraId="45DFB30B" w14:textId="3AAA3F75">
+    <w:p w14:paraId="4ADCE4CD" w14:textId="09E49DE2" w:rsidR="005D08DD" w:rsidRDefault="005D08DD" w:rsidP="005D08DD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="006144B7">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="006144B7" w:rsidR="006144B7" w:rsidP="006144B7" w:rsidRDefault="006144B7" w14:paraId="281845C7" w14:textId="711BEA56">
+      <w:r>
+        <w:t>Tuesday 13 January 2026. 11.00 - 12.00 online</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17426E68" w14:textId="77777777" w:rsidR="005D08DD" w:rsidRDefault="005D08DD" w:rsidP="005D08DD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="006144B7">
-[...21 lines deleted...]
-    <w:p w:rsidRPr="006144B7" w:rsidR="006144B7" w:rsidP="006144B7" w:rsidRDefault="006144B7" w14:paraId="4639A30F" w14:textId="77777777">
+      <w:r>
+        <w:t>Wednesday 28 January 18.00 - 19.00 online</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B11058B" w14:textId="6A924EC4" w:rsidR="002716AA" w:rsidRDefault="005D08DD" w:rsidP="005D08DD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="006144B7">
-[...4 lines deleted...]
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="6D8DF16C" w14:textId="77777777">
+      <w:r>
+        <w:t>Friday 20 January 10.00 - 11.00 online</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F04B85" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA"/>
+    <w:p w14:paraId="6D8DF16C" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:r w:rsidRPr="005155DA">
         <w:t>Should you require an alternative way of receiving the information, please let us know by email at grants@oxford.gov.uk.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="790FC4A7" w14:textId="77777777"/>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="06B89436" w14:textId="78867352">
+    <w:p w14:paraId="790FC4A7" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA"/>
+    <w:p w14:paraId="06B89436" w14:textId="78867352" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005155DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>What we are looking to achieve</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="023AC303" w14:textId="59031A95">
-[...1 lines deleted...]
-        <w:rPr/>
+    <w:p w14:paraId="023AC303" w14:textId="59031A95" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
+      <w:r>
         <w:t>We are looking for this grant programme to help deliver the following key interconnected priorities, in line with the Council's Strategy:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00425E8F" w:rsidRDefault="00425E8F" w14:paraId="054A349E" w14:textId="7F03C62A"/>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="23580091" w14:textId="77777777">
+    <w:p w14:paraId="054A349E" w14:textId="7F03C62A" w:rsidR="00425E8F" w:rsidRDefault="00425E8F"/>
+    <w:p w14:paraId="23580091" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005155DA">
         <w:t>Support thriving communities</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="021A702E" w14:textId="77777777">
+    <w:p w14:paraId="021A702E" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005155DA">
         <w:t xml:space="preserve">Enable an inclusive economy </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="4B4E535A" w14:textId="77777777">
+    <w:p w14:paraId="4B4E535A" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005155DA">
         <w:t>Pursue a zero carbon Oxford</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="16E077D8" w14:textId="77777777">
+    <w:p w14:paraId="16E077D8" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Deliver more, affordable housing</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00425E8F" w:rsidP="00425E8F" w:rsidRDefault="00425E8F" w14:paraId="6C276E81" w14:textId="0EFC8E16">
-[...23 lines deleted...]
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="7805323A" w14:textId="4312C378">
+    <w:p w14:paraId="6C276E81" w14:textId="0EFC8E16" w:rsidR="00425E8F" w:rsidRDefault="00425E8F" w:rsidP="00425E8F"/>
+    <w:p w14:paraId="25874B0C" w14:textId="05A353F3" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="67E7653A" w:rsidP="005155DA">
+      <w:r>
+        <w:t xml:space="preserve">We understand that you may feel that some of these priorities may not directly apply to you. However, we are looking to encourage all our grant applicants to think about the wider impacts of their work, even if it's in small and modest ways.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BFA4015" w14:textId="2B7DD218" w:rsidR="00425E8F" w:rsidRDefault="00425E8F"/>
+    <w:p w14:paraId="7805323A" w14:textId="4312C378" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:r w:rsidRPr="005155DA">
         <w:t>How you want to respond to this and which aspects you want to focus on will be unique to you. It may be that you require project funding, capital funding or a contribution to your core costs. We want you to apply for what works best for you and your beneficiaries.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="7A64CB29" w14:textId="77777777"/>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="07D2D9E9" w14:textId="091B2927">
+    <w:p w14:paraId="7A64CB29" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA"/>
+    <w:p w14:paraId="531AEDF2" w14:textId="77777777" w:rsidR="005D08DD" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:r w:rsidRPr="005155DA">
-        <w:t xml:space="preserve">Your application will be assessed against the criteria set out on our website. We're most interested in the difference and impact you want to make. We intend our grants to deliver a wide programme of activity, catering for the needs of our diverse communities across the city. Please refer to the FAQs on our website and email us at </w:t>
-[...1 lines deleted...]
-      <w:hyperlink w:history="1" r:id="rId6">
+        <w:t xml:space="preserve">Your application will be assessed against the criteria set out on our website. We're most interested in the difference and impact you want to make. We intend our grants to deliver a wide programme of activity, catering for the needs of our diverse communities across the city. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07D2D9E9" w14:textId="7CD00348" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
+      <w:r w:rsidRPr="005155DA">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Please refer to the FAQs on our website and email us at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="00E362C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>grants@oxford.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005155DA">
         <w:t>if you have any further questions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="19D60668" w14:textId="77777777"/>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="6D66C83D" w14:textId="41E1AD2F">
+    <w:p w14:paraId="19D60668" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA"/>
+    <w:p w14:paraId="47D09DF9" w14:textId="77777777" w:rsidR="005D08DD" w:rsidRDefault="005D08DD" w:rsidP="005155DA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005155DA">
+    </w:p>
+    <w:p w14:paraId="7A21C6AE" w14:textId="77777777" w:rsidR="005D08DD" w:rsidRDefault="005D08DD" w:rsidP="005155DA">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D66C83D" w14:textId="29493FD0" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005155DA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>Important points about filling in this online form</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="1B1CCC97" w14:textId="77777777">
+    <w:p w14:paraId="1B1CCC97" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:r w:rsidRPr="005155DA">
         <w:t>You must press the save form button, found at the bottom right of each page, before moving to another section</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="3AE17D38" w14:textId="77777777"/>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="778DA84E" w14:textId="77777777">
+    <w:p w14:paraId="3AE17D38" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA"/>
+    <w:p w14:paraId="778DA84E" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:r w:rsidRPr="005155DA">
         <w:t>You can complete sections in any order that you wish, however you must complete all the required questions (these have a star * next to them)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="107EA5CF" w14:textId="77777777"/>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="65ABB836" w14:textId="77777777">
+    <w:p w14:paraId="107EA5CF" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA"/>
+    <w:p w14:paraId="65ABB836" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:r w:rsidRPr="005155DA">
-        <w:lastRenderedPageBreak/>
         <w:t>You can save progress as you write your application and come back to it at your convenience</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="64827B50" w14:textId="77777777"/>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="2BFD89C2" w14:textId="4481A3FB">
+    <w:p w14:paraId="64827B50" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA"/>
+    <w:p w14:paraId="2BFD89C2" w14:textId="4481A3FB" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:r w:rsidRPr="005155DA">
         <w:t xml:space="preserve">There is a Word Version of this form on our website so you can: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="1E60E6D4" w14:textId="26A2897F">
+    <w:p w14:paraId="1E60E6D4" w14:textId="26A2897F" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005155DA">
         <w:t xml:space="preserve">See the whole form in one document before you start to complete it online </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="14D40099" w14:textId="4C1D8744">
+    <w:p w14:paraId="14D40099" w14:textId="4C1D8744" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005155DA">
         <w:t xml:space="preserve">Share with partners and colleagues more easily </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="2427BC09" w14:textId="4E5DB014">
+    <w:p w14:paraId="2427BC09" w14:textId="4E5DB014" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005155DA">
         <w:t xml:space="preserve">Start to draft your answers </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="030FFD4B" w14:textId="77777777"/>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="07534137" w14:textId="03BFA67A">
+    <w:p w14:paraId="030FFD4B" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA"/>
+    <w:p w14:paraId="07534137" w14:textId="03BFA67A" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:r w:rsidRPr="005155DA">
         <w:t>You should complete this online form to apply for a Small Grant. Please contact us at least one week before the deadline if this will not be possible for you for any reason.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="1FF9A2B0" w14:textId="77777777"/>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="568AF63B" w14:textId="2C15156B">
+    <w:p w14:paraId="1FF9A2B0" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA"/>
+    <w:p w14:paraId="568AF63B" w14:textId="2C15156B" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425E8F" w:rsidR="005155DA">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Submitting your application</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00425E8F" w:rsidRDefault="00425E8F" w14:paraId="3DF231EA" w14:textId="68EB95CB"/>
-[...17 lines deleted...]
-        <w:rPr/>
+    <w:p w14:paraId="3DF231EA" w14:textId="68EB95CB" w:rsidR="00425E8F" w:rsidRDefault="00425E8F"/>
+    <w:p w14:paraId="56E62A10" w14:textId="32143529" w:rsidR="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
+      <w:r>
+        <w:t xml:space="preserve">When you have completed the form and are happy with your answers, please click on the blue 'submit' button - if you are unable to submit, you may have missed out one or more required questions. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0797D9DA" w14:textId="2338080B" w:rsidR="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA"/>
+    <w:p w14:paraId="4E4402A2" w14:textId="707FCA79" w:rsidR="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
+      <w:r>
         <w:t>All required questions must be completed</w:t>
       </w:r>
       <w:r w:rsidR="1281FF82">
-        <w:rPr/>
         <w:t>, if not applicable please enter N/A.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="146C23DF" w14:textId="77777777"/>
-[...16 lines deleted...]
-          <w:bCs w:val="1"/>
+    <w:p w14:paraId="146C23DF" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA"/>
+    <w:p w14:paraId="15D8A280" w14:textId="2F1DCFB3" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
+      <w:r>
+        <w:t xml:space="preserve">Upon successfully submitting your application, you will see an on-screen message confirming that your application has been received. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>You will not receive an automated email.</w:t>
       </w:r>
-      <w:r w:rsidR="005155DA">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="2225D4D9" w14:textId="733F2A39">
-[...1 lines deleted...]
-        <w:rPr/>
+    <w:p w14:paraId="2225D4D9" w14:textId="733F2A39" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
+      <w:r>
         <w:t xml:space="preserve">If you have any concerns, please use the online chat function (available Mon-Fri, 10am to 6pm) at the bottom right of any </w:t>
       </w:r>
       <w:r w:rsidR="087A5B8F">
-        <w:rPr/>
         <w:t xml:space="preserve">Plinth </w:t>
       </w:r>
-      <w:r w:rsidR="005155DA">
-        <w:rPr/>
+      <w:r>
         <w:t>webpage.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="20635410" w14:textId="5465CE87">
-[...1 lines deleted...]
-        <w:rPr/>
+    <w:p w14:paraId="20635410" w14:textId="5465CE87" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
+      <w:r>
         <w:t xml:space="preserve">Your submitted application is automatically saved to your </w:t>
       </w:r>
       <w:r w:rsidR="4CD324F9">
-        <w:rPr/>
         <w:t>Plinth</w:t>
       </w:r>
-      <w:r w:rsidR="005155DA">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> account and can be accessed any time.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005155DA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="1E67593E" w14:textId="77777777"/>
-    <w:p w:rsidRPr="002716AA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="4D27042A" w14:textId="13A8E899">
+    <w:p w14:paraId="1E67593E" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="005155DA" w:rsidRDefault="005155DA" w:rsidP="005155DA"/>
+    <w:p w14:paraId="4D27042A" w14:textId="13A8E899" w:rsidR="005155DA" w:rsidRPr="002716AA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002716AA">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>If you need help</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002716AA" w:rsidP="005155DA" w:rsidRDefault="002716AA" w14:paraId="2A192C5A" w14:textId="77777777"/>
-    <w:p w:rsidRPr="002716AA" w:rsidR="002716AA" w:rsidP="002716AA" w:rsidRDefault="002716AA" w14:paraId="3A70DA95" w14:textId="5CB64350">
+    <w:p w14:paraId="2A192C5A" w14:textId="77777777" w:rsidR="002716AA" w:rsidRDefault="002716AA" w:rsidP="005155DA"/>
+    <w:p w14:paraId="3A70DA95" w14:textId="5CB64350" w:rsidR="002716AA" w:rsidRPr="002716AA" w:rsidRDefault="002716AA" w:rsidP="002716AA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Please visit </w:t>
       </w:r>
-      <w:hyperlink r:id="R773257ff93ee4bca">
-        <w:r w:rsidRPr="00425E8F" w:rsidR="002716AA">
+      <w:hyperlink r:id="rId7">
+        <w:r w:rsidRPr="00425E8F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Grants – Oxford City Council</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="002716AA">
-        <w:rPr/>
+      <w:r>
         <w:t> or contact us</w:t>
       </w:r>
       <w:r w:rsidR="3C3F1673">
-        <w:rPr/>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
-      <w:r w:rsidR="002716AA">
-        <w:rPr/>
+      <w:r>
         <w:t>t </w:t>
       </w:r>
-      <w:hyperlink r:id="R4057306bfc09473b">
-        <w:r w:rsidRPr="00425E8F" w:rsidR="002716AA">
+      <w:hyperlink r:id="rId8">
+        <w:r w:rsidRPr="00425E8F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>grants@oxford.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="002716AA" w:rsidR="002716AA" w:rsidP="002716AA" w:rsidRDefault="002716AA" w14:paraId="167E691D" w14:textId="77777777">
+    <w:p w14:paraId="167E691D" w14:textId="77777777" w:rsidR="002716AA" w:rsidRPr="002716AA" w:rsidRDefault="002716AA" w:rsidP="002716AA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="002716AA">
         <w:t>Our website has a comprehensive range of in-built accessibility tools and you can </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId9">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="002716AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>find out more about them here</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="002716AA" w:rsidR="002716AA" w:rsidP="002716AA" w:rsidRDefault="002716AA" w14:paraId="0A932EFE" w14:textId="77777777">
+    <w:p w14:paraId="0A932EFE" w14:textId="77777777" w:rsidR="002716AA" w:rsidRPr="002716AA" w:rsidRDefault="002716AA" w:rsidP="002716AA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="002716AA">
         <w:t>You can translate this form into another language (see top right of page)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002716AA" w:rsidR="002716AA" w:rsidP="002716AA" w:rsidRDefault="002716AA" w14:paraId="4B7E7541" w14:textId="77777777">
+    <w:p w14:paraId="4B7E7541" w14:textId="77777777" w:rsidR="002716AA" w:rsidRPr="002716AA" w:rsidRDefault="002716AA" w:rsidP="002716AA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="002716AA">
         <w:t>Your internet browser will also have embedded accessibility tools - for example see: </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId10">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="002716AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Chrome</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002716AA">
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId11">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="002716AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Firefox</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002716AA">
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId12">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="002716AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Microsoft Edge</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002716AA">
         <w:t>. There are also accessibility tools that you can access via </w:t>
       </w:r>
-      <w:hyperlink w:history="1" w:anchor="topic=6007234" r:id="rId13">
+      <w:hyperlink r:id="rId13" w:anchor="topic=6007234" w:history="1">
         <w:r w:rsidRPr="002716AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Microsoft</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002716AA">
         <w:t> and </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId14">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="002716AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Apple</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002716AA">
         <w:t> should you need them.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002716AA" w:rsidR="002716AA" w:rsidP="002716AA" w:rsidRDefault="002716AA" w14:paraId="4D65142E" w14:textId="77777777">
+    <w:p w14:paraId="4D65142E" w14:textId="77777777" w:rsidR="002716AA" w:rsidRPr="002716AA" w:rsidRDefault="002716AA" w:rsidP="002716AA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId15">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="002716AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>My Computer My Way</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002716AA">
         <w:t> shows you how to enable text to talk, screen enhancements and more</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002716AA" w:rsidR="002716AA" w:rsidP="002716AA" w:rsidRDefault="002716AA" w14:paraId="39C4132F" w14:textId="52BFB871">
+    <w:p w14:paraId="39C4132F" w14:textId="52BFB871" w:rsidR="002716AA" w:rsidRPr="002716AA" w:rsidRDefault="002716AA" w:rsidP="002716AA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">If you have any technical issues, please use the online chat function (available Mon-Fri, 10am to 6pm) at the bottom right of any </w:t>
       </w:r>
       <w:r w:rsidR="1DCC29D8">
-        <w:rPr/>
         <w:t xml:space="preserve">Plinth </w:t>
       </w:r>
-      <w:r w:rsidR="002716AA">
-        <w:rPr/>
+      <w:r>
         <w:t>webpage</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002716AA" w:rsidP="005155DA" w:rsidRDefault="002716AA" w14:paraId="514EFF1E" w14:textId="77777777"/>
-[...1 lines deleted...]
-    <w:p w:rsidRPr="002716AA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="4916A302" w14:textId="78CB4B6A">
+    <w:p w14:paraId="514EFF1E" w14:textId="77777777" w:rsidR="002716AA" w:rsidRDefault="002716AA" w:rsidP="005155DA"/>
+    <w:p w14:paraId="6DACD4E2" w14:textId="77777777" w:rsidR="002716AA" w:rsidRDefault="002716AA" w:rsidP="005155DA"/>
+    <w:p w14:paraId="4916A302" w14:textId="78CB4B6A" w:rsidR="005155DA" w:rsidRPr="002716AA" w:rsidRDefault="005155DA" w:rsidP="005155DA">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002716AA">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Data protection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002716AA" w:rsidR="005155DA" w:rsidP="005155DA" w:rsidRDefault="005155DA" w14:paraId="502A7A90" w14:textId="77777777"/>
-    <w:p w:rsidRPr="002716AA" w:rsidR="002716AA" w:rsidP="002716AA" w:rsidRDefault="002716AA" w14:paraId="72277217" w14:textId="77777777">
+    <w:p w14:paraId="502A7A90" w14:textId="77777777" w:rsidR="005155DA" w:rsidRPr="002716AA" w:rsidRDefault="005155DA" w:rsidP="005155DA"/>
+    <w:p w14:paraId="72277217" w14:textId="77777777" w:rsidR="002716AA" w:rsidRPr="002716AA" w:rsidRDefault="002716AA" w:rsidP="002716AA">
       <w:r w:rsidRPr="002716AA">
         <w:t>The data on this form will be used by Oxford City Council staff to assess grant applications and monitor grant awards.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002716AA" w:rsidR="002716AA" w:rsidP="002716AA" w:rsidRDefault="002716AA" w14:paraId="6E50E03A" w14:textId="77777777"/>
-    <w:p w:rsidRPr="002716AA" w:rsidR="002716AA" w:rsidP="002716AA" w:rsidRDefault="002716AA" w14:paraId="2FB70549" w14:textId="77777777">
+    <w:p w14:paraId="6E50E03A" w14:textId="77777777" w:rsidR="002716AA" w:rsidRPr="002716AA" w:rsidRDefault="002716AA" w:rsidP="002716AA"/>
+    <w:p w14:paraId="2FB70549" w14:textId="77777777" w:rsidR="002716AA" w:rsidRPr="002716AA" w:rsidRDefault="002716AA" w:rsidP="002716AA">
       <w:r w:rsidRPr="002716AA">
         <w:t>- Please </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId16">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="002716AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>visit our website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002716AA">
         <w:t> or contact us a </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId17">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="002716AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>grants@oxford.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="002716AA" w:rsidR="002716AA" w:rsidP="002716AA" w:rsidRDefault="002716AA" w14:paraId="1B5290DF" w14:textId="77777777">
+    <w:p w14:paraId="1B5290DF" w14:textId="77777777" w:rsidR="002716AA" w:rsidRPr="002716AA" w:rsidRDefault="002716AA" w:rsidP="002716AA">
       <w:r w:rsidRPr="002716AA">
         <w:t>- You can translate this form into another language (see top right of page)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002716AA" w:rsidR="002716AA" w:rsidP="002716AA" w:rsidRDefault="002716AA" w14:paraId="498C7C33" w14:textId="77777777">
+    <w:p w14:paraId="498C7C33" w14:textId="77777777" w:rsidR="002716AA" w:rsidRPr="002716AA" w:rsidRDefault="002716AA" w:rsidP="002716AA">
       <w:r w:rsidRPr="002716AA">
-        <w:lastRenderedPageBreak/>
         <w:t>- Your internet browser will have embedded accessibility tools - for example see: </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId18">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="002716AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Chrome</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002716AA">
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId19">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="002716AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Firefox</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002716AA">
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId20">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="002716AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Microsoft Edge</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002716AA">
         <w:t>. There are also accessibility tools that you can access via </w:t>
       </w:r>
-      <w:hyperlink w:history="1" w:anchor="topic=6007234" r:id="rId21">
+      <w:hyperlink r:id="rId21" w:anchor="topic=6007234" w:history="1">
         <w:r w:rsidRPr="002716AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Microsoft</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002716AA">
         <w:t> and </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId22">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="002716AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Apple</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002716AA">
         <w:t> should you need them.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002716AA" w:rsidR="002716AA" w:rsidP="002716AA" w:rsidRDefault="002716AA" w14:paraId="2D858B6B" w14:textId="77777777">
+    <w:p w14:paraId="2D858B6B" w14:textId="77777777" w:rsidR="002716AA" w:rsidRPr="002716AA" w:rsidRDefault="002716AA" w:rsidP="002716AA">
       <w:r w:rsidRPr="002716AA">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002716AA" w:rsidR="002716AA" w:rsidP="002716AA" w:rsidRDefault="002716AA" w14:paraId="77424802" w14:textId="77777777">
+    <w:p w14:paraId="77424802" w14:textId="77777777" w:rsidR="002716AA" w:rsidRPr="002716AA" w:rsidRDefault="002716AA" w:rsidP="002716AA">
       <w:r w:rsidRPr="002716AA">
         <w:t>The data on this form will be used by Oxford City Council staff to assess grant applications and monitor grant awards. It will be stored on Plinth and Oxford City Council's networks to meet operational and legal requirements. Full information can be found here </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId23">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="002716AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Our Data Protection Policy | Oxford City Council</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002716AA">
         <w:t> and </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId24">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="002716AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Plinth's privacy policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002716AA">
         <w:t>. Any data protection queries can be emailed to us at </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId25">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="002716AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>grants@oxford.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005155DA" w:rsidP="008A22C6" w:rsidRDefault="005155DA" w14:paraId="47C2587C" w14:textId="77777777">
+    <w:p w14:paraId="47C2587C" w14:textId="77777777" w:rsidR="005155DA" w:rsidRDefault="005155DA" w:rsidP="008A22C6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B72198" w:rsidP="008A22C6" w:rsidRDefault="00B72198" w14:paraId="4E5B6ABF" w14:textId="77777777">
+    <w:p w14:paraId="4E5B6ABF" w14:textId="77777777" w:rsidR="00B72198" w:rsidRDefault="00B72198" w:rsidP="008A22C6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00A008F2" w:rsidR="00B72198" w:rsidP="00B72198" w:rsidRDefault="00B72198" w14:paraId="10DBA7CE" w14:textId="6D9F16D1">
-[...3 lines deleted...]
-          <w:bCs w:val="1"/>
+    <w:p w14:paraId="10DBA7CE" w14:textId="6D9F16D1" w:rsidR="00B72198" w:rsidRPr="00A008F2" w:rsidRDefault="00B72198" w:rsidP="00B72198">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00B72198">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00425E8F" w:rsidR="443A69A6">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="443A69A6" w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00B72198">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Your information and contact details</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A008F2" w:rsidR="00A008F2" w:rsidP="00B72198" w:rsidRDefault="00A008F2" w14:paraId="41F26F57" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00404578" w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="6C599082" w14:textId="43CCAC5E">
+    <w:p w14:paraId="41F26F57" w14:textId="77777777" w:rsidR="00A008F2" w:rsidRPr="00A008F2" w:rsidRDefault="00A008F2" w:rsidP="00B72198"/>
+    <w:p w14:paraId="6C599082" w14:textId="43CCAC5E" w:rsidR="0055269B" w:rsidRPr="00404578" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404578">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Organisation name*</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="4309B1CE" w14:textId="77777777">
+    <w:p w14:paraId="4309B1CE" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:r>
         <w:t>Please use the name your organisation is registered under (include any other names you may be known as in brackets)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="65F6F8EF" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00404578" w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="008F51DD" w14:paraId="4EB8E581" w14:textId="1DFD5F1A">
+    <w:p w14:paraId="65F6F8EF" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B"/>
+    <w:p w14:paraId="4EB8E581" w14:textId="1DFD5F1A" w:rsidR="0055269B" w:rsidRPr="00404578" w:rsidRDefault="008F51DD" w:rsidP="0055269B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F51DD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Please let us know what kind of organisation you are</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="008F51DD" w14:paraId="2649694C" w14:textId="53A840E7">
+    <w:p w14:paraId="2649694C" w14:textId="53A840E7" w:rsidR="0055269B" w:rsidRDefault="008F51DD" w:rsidP="0055269B">
       <w:r w:rsidRPr="008F51DD">
         <w:t>We can only support not-for-profit organisations (see more on our website at www.oxford.gov.uk/grants). Please tick any that apply.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="69593D82" w14:textId="77777777"/>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="1F998736" w14:textId="77777777">
+    <w:p w14:paraId="69593D82" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B"/>
+    <w:p w14:paraId="1F998736" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Registered Charity</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="5FE4D411" w14:textId="77777777">
+    <w:p w14:paraId="5FE4D411" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Voluntary or community organisation (an organisation set up with a bank account with at least two signatories required to approve expenditure; it would ordinarily have a governing document – like a constitution – but is not a registered charity or company)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="68A88BE1" w14:textId="77777777">
+    <w:p w14:paraId="68A88BE1" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Community interest company (CIC)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="250B32AC" w14:textId="77777777">
+    <w:p w14:paraId="250B32AC" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Charitable incorporated organisation (CIO)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="39A3B498" w14:textId="77777777">
+    <w:p w14:paraId="39A3B498" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Faith organisation e.g. a church, mosque, temple or synagogue</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="58540954" w14:textId="77777777">
+    <w:p w14:paraId="58540954" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>School or college</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="2AF6BAC0" w14:textId="77777777">
+    <w:p w14:paraId="2AF6BAC0" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Co-operative, other social enterprise or community business</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="56672C6B" w14:textId="77777777">
+    <w:p w14:paraId="56672C6B" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Company limited by guarantee (if it has a not-for-profit clause)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="16256CFB" w14:textId="538701AE">
+    <w:p w14:paraId="16256CFB" w14:textId="538701AE" w:rsidR="0055269B" w:rsidRDefault="2D57954C" w:rsidP="0055269B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr/>
-[...10 lines deleted...]
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="34D28D8F" w14:textId="77777777">
+      </w:pPr>
+      <w:r>
+        <w:t>Individuals where they are looking to deliver significant public benefit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34D28D8F" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="0C8D7F85" w14:textId="77777777"/>
-    <w:p w:rsidRPr="008F51DD" w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="2B61B941" w14:textId="77777777">
+    <w:p w14:paraId="0C8D7F85" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B"/>
+    <w:p w14:paraId="2B61B941" w14:textId="77777777" w:rsidR="0055269B" w:rsidRPr="008F51DD" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F51DD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>If you answered 'Other' in the question above, please explain below *</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008F51DD" w:rsidR="008F51DD" w:rsidP="0055269B" w:rsidRDefault="008F51DD" w14:paraId="2D835E1E" w14:textId="77777777">
-[...7 lines deleted...]
-    <w:p w:rsidRPr="00404578" w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="008F51DD" w14:paraId="07FB3C1A" w14:textId="1C3630D4">
+    <w:p w14:paraId="2D835E1E" w14:textId="77777777" w:rsidR="008F51DD" w:rsidRPr="008F51DD" w:rsidRDefault="008F51DD" w:rsidP="0055269B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07FB3C1A" w14:textId="1C3630D4" w:rsidR="0055269B" w:rsidRPr="00404578" w:rsidRDefault="008F51DD" w:rsidP="0055269B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F51DD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Your vision/mission statement</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="4C3D6C57" w14:textId="77777777">
+    <w:p w14:paraId="4C3D6C57" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:r>
         <w:t>In no more than 50 words, please outline your organisation's vision/mission. If your application is successful, this information will be used on Oxford City Council website to inform the public about what we are funding</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="6B72169A" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00404578" w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="008F51DD" w14:paraId="12D9F959" w14:textId="65FBFA53">
+    <w:p w14:paraId="6B72169A" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B"/>
+    <w:p w14:paraId="12D9F959" w14:textId="65FBFA53" w:rsidR="0055269B" w:rsidRPr="00404578" w:rsidRDefault="008F51DD" w:rsidP="0055269B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F51DD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Your organisation's address including postcode</w:t>
       </w:r>
-      <w:r w:rsidRPr="00404578" w:rsidR="0055269B">
+      <w:r w:rsidR="0055269B" w:rsidRPr="00404578">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="4F3F9848" w14:textId="77777777"/>
-[...33 lines deleted...]
-          <w:bCs w:val="1"/>
+    <w:p w14:paraId="4F3F9848" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B"/>
+    <w:p w14:paraId="55C1F0E6" w14:textId="52EB1CED" w:rsidR="0055269B" w:rsidRDefault="008F51DD" w:rsidP="0055269B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Your website address (if relevant)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C43933B" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B"/>
+    <w:p w14:paraId="1773F296" w14:textId="54BB8FC8" w:rsidR="0055269B" w:rsidRDefault="008F51DD" w:rsidP="0055269B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Your social media (if relevant)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="562E2827" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00404578" w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="43C73AD5" w14:textId="3A87C652">
+    <w:p w14:paraId="562E2827" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B"/>
+    <w:p w14:paraId="43C73AD5" w14:textId="3A87C652" w:rsidR="0055269B" w:rsidRPr="00404578" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404578">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Main contact name*</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="31991F3E" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00404578" w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="5A505FDE" w14:textId="05D00964">
+    <w:p w14:paraId="31991F3E" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B"/>
+    <w:p w14:paraId="5A505FDE" w14:textId="05D00964" w:rsidR="0055269B" w:rsidRPr="00404578" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404578">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Role </w:t>
       </w:r>
       <w:r w:rsidR="008F51DD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">of main contact </w:t>
       </w:r>
       <w:r w:rsidRPr="00404578">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="587AB963" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00404578" w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="772700D3" w14:textId="1904ED63">
+    <w:p w14:paraId="587AB963" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B"/>
+    <w:p w14:paraId="772700D3" w14:textId="1904ED63" w:rsidR="0055269B" w:rsidRPr="00404578" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404578">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Main contact email *</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="2E579424" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00404578" w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="70DAFBB9" w14:textId="6D13C14F">
+    <w:p w14:paraId="2E579424" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B"/>
+    <w:p w14:paraId="70DAFBB9" w14:textId="6D13C14F" w:rsidR="0055269B" w:rsidRPr="00404578" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404578">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Main contact phone number*</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="1BF7CF76" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00404578" w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="0CDEA109" w14:textId="29EBE571">
+    <w:p w14:paraId="1BF7CF76" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B"/>
+    <w:p w14:paraId="0CDEA109" w14:textId="29EBE571" w:rsidR="0055269B" w:rsidRPr="00404578" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404578">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Alternative contact name *</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="53D48E77" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00404578" w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="1C6A4DEA" w14:textId="59CDEFB3">
+    <w:p w14:paraId="53D48E77" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B"/>
+    <w:p w14:paraId="1C6A4DEA" w14:textId="59CDEFB3" w:rsidR="0055269B" w:rsidRPr="00404578" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404578">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Alternative contact role *</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="353BC5F4" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00404578" w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="5125E11B" w14:textId="4C718316">
+    <w:p w14:paraId="353BC5F4" w14:textId="77777777" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B"/>
+    <w:p w14:paraId="5125E11B" w14:textId="4C718316" w:rsidR="0055269B" w:rsidRPr="00404578" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404578">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Alternative contact email*</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F51DD" w:rsidP="0055269B" w:rsidRDefault="008F51DD" w14:paraId="5A15A3A7" w14:textId="77777777">
-[...7 lines deleted...]
-    <w:p w:rsidR="0055269B" w:rsidP="0055269B" w:rsidRDefault="0055269B" w14:paraId="7E4435EE" w14:textId="68CEA17A">
+    <w:p w14:paraId="5A15A3A7" w14:textId="77777777" w:rsidR="008F51DD" w:rsidRDefault="008F51DD" w:rsidP="0055269B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E4435EE" w14:textId="68CEA17A" w:rsidR="0055269B" w:rsidRDefault="0055269B" w:rsidP="0055269B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404578">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Alternative contact phone number*</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00404578" w:rsidR="008F51DD" w:rsidP="0055269B" w:rsidRDefault="008F51DD" w14:paraId="1259617B" w14:textId="77777777">
-[...12 lines deleted...]
-          <w:bCs w:val="1"/>
+    <w:p w14:paraId="1259617B" w14:textId="77777777" w:rsidR="008F51DD" w:rsidRPr="00404578" w:rsidRDefault="008F51DD" w:rsidP="0055269B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39C01645" w14:textId="581D051A" w:rsidR="00B72198" w:rsidRDefault="00B72198" w:rsidP="00B72198"/>
+    <w:p w14:paraId="09F104A5" w14:textId="5A0C5CAD" w:rsidR="00425E8F" w:rsidRDefault="00425E8F" w:rsidP="00425E8F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00425E8F" w:rsidP="00425E8F" w:rsidRDefault="00425E8F" w14:paraId="17697785" w14:textId="15A38D95">
-[...3 lines deleted...]
-          <w:bCs w:val="1"/>
+    <w:p w14:paraId="4083A0F6" w14:textId="15159E63" w:rsidR="00BA0D70" w:rsidRPr="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00BA0D70">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:bCs w:val="1"/>
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="1DCC2494" w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:bCs w:val="1"/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> - Your grant request and activity</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F51DD" w:rsidP="00BA0D70" w:rsidRDefault="008F51DD" w14:paraId="57A3004A" w14:textId="77777777"/>
-    <w:p w:rsidR="007D1ADC" w:rsidP="007D1ADC" w:rsidRDefault="008F51DD" w14:paraId="1A46B587" w14:textId="33181859">
+    <w:p w14:paraId="57A3004A" w14:textId="77777777" w:rsidR="008F51DD" w:rsidRDefault="008F51DD" w:rsidP="00BA0D70"/>
+    <w:p w14:paraId="1A46B587" w14:textId="33181859" w:rsidR="007D1ADC" w:rsidRDefault="008F51DD" w:rsidP="007D1ADC">
       <w:r w:rsidRPr="008F51DD">
         <w:t>The maximum funding available is £3,000 per Small Grant. Due to a high level of interest</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008F51DD">
         <w:t xml:space="preserve"> if your application is successful, we may not be able to offer the full amount of funding that you are requesting.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F51DD" w:rsidP="007D1ADC" w:rsidRDefault="008F51DD" w14:paraId="6C679A81" w14:textId="77777777"/>
-    <w:p w:rsidRPr="007D1ADC" w:rsidR="00BA0D70" w:rsidP="007D1ADC" w:rsidRDefault="00BA0D70" w14:paraId="428F9E59" w14:textId="3E6AEC84">
+    <w:p w14:paraId="6C679A81" w14:textId="77777777" w:rsidR="008F51DD" w:rsidRDefault="008F51DD" w:rsidP="007D1ADC"/>
+    <w:p w14:paraId="428F9E59" w14:textId="3E6AEC84" w:rsidR="00BA0D70" w:rsidRPr="007D1ADC" w:rsidRDefault="00BA0D70" w:rsidP="007D1ADC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D1ADC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>How much grant funding are you applying for?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F51DD" w:rsidP="007D1ADC" w:rsidRDefault="008F51DD" w14:paraId="55F55114" w14:textId="77777777"/>
-[...10 lines deleted...]
-          <w:bCs w:val="1"/>
+    <w:p w14:paraId="55F55114" w14:textId="77777777" w:rsidR="008F51DD" w:rsidRDefault="008F51DD" w:rsidP="007D1ADC"/>
+    <w:p w14:paraId="54F65A05" w14:textId="68584ADD" w:rsidR="008F51DD" w:rsidRPr="008F51DD" w:rsidRDefault="008F51DD" w:rsidP="007D1ADC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Please briefly outline how you intend to spend the Small Grant funding *</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00522598" w:rsidP="00522598" w:rsidRDefault="00522598" w14:paraId="30AADF82" w14:textId="492F9F74">
-[...1 lines deleted...]
-        <w:rPr/>
+    <w:p w14:paraId="30AADF82" w14:textId="492F9F74" w:rsidR="00522598" w:rsidRDefault="00522598" w:rsidP="00522598">
+      <w:r>
         <w:t>In no more than 1</w:t>
       </w:r>
       <w:r w:rsidR="2C4C4EAC">
-        <w:rPr/>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00522598">
-        <w:rPr/>
+      <w:r>
         <w:t>0 words, please explain what you plan to do with your grant funding.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F51DD" w:rsidP="00BA0D70" w:rsidRDefault="008F51DD" w14:paraId="24742528" w14:textId="77777777"/>
-    <w:p w:rsidR="008F51DD" w:rsidP="00BA0D70" w:rsidRDefault="008F51DD" w14:paraId="2232CE96" w14:textId="77777777">
+    <w:p w14:paraId="24742528" w14:textId="77777777" w:rsidR="008F51DD" w:rsidRDefault="008F51DD" w:rsidP="00BA0D70"/>
+    <w:p w14:paraId="2232CE96" w14:textId="77777777" w:rsidR="008F51DD" w:rsidRDefault="008F51DD" w:rsidP="00BA0D70">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F51DD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Please let the panel know which elements of your application you would be able to deliver if you receive 10-20% of your request*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008F51DD" w:rsidR="008F51DD" w:rsidP="00BA0D70" w:rsidRDefault="008F51DD" w14:paraId="329D4031" w14:textId="2AF707E9">
-[...12 lines deleted...]
-    <w:p w:rsidRPr="008F51DD" w:rsidR="008E3167" w:rsidP="00BA0D70" w:rsidRDefault="008F51DD" w14:paraId="358B5C7E" w14:textId="34EA52C4">
+    <w:p w14:paraId="329D4031" w14:textId="3C2CC79C" w:rsidR="008F51DD" w:rsidRPr="008F51DD" w:rsidRDefault="008F51DD" w:rsidP="00BA0D70">
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="005D08DD">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:t>0 words</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56ECAF11" w14:textId="77777777" w:rsidR="008F51DD" w:rsidRDefault="008F51DD" w:rsidP="007D1ADC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="358B5C7E" w14:textId="34EA52C4" w:rsidR="008E3167" w:rsidRPr="008F51DD" w:rsidRDefault="008F51DD" w:rsidP="00BA0D70">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F51DD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>How will you monitor the impact of your work</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F51DD" w:rsidP="00BA0D70" w:rsidRDefault="009B48A3" w14:paraId="753A5BDB" w14:textId="3F2CEA20">
-[...1 lines deleted...]
-        <w:rPr/>
+    <w:p w14:paraId="753A5BDB" w14:textId="204BF501" w:rsidR="008F51DD" w:rsidRDefault="009B48A3" w:rsidP="00BA0D70">
+      <w:r>
         <w:t>Please write no more than</w:t>
       </w:r>
       <w:r w:rsidR="267F6B9F">
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009B48A3">
-        <w:rPr/>
+      <w:r>
         <w:t>1</w:t>
       </w:r>
+      <w:r w:rsidR="005D08DD">
+        <w:t>5</w:t>
+      </w:r>
       <w:r w:rsidR="7706A7E7">
-        <w:rPr/>
-[...3 lines deleted...]
-        <w:rPr/>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> words and use bullet points if you prefer</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F51DD" w:rsidP="00BA0D70" w:rsidRDefault="008F51DD" w14:paraId="1A25ED65" w14:textId="77777777"/>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00BA0D70" w:rsidRDefault="00BA0D70" w14:paraId="7D488B01" w14:textId="3E0A5EB5">
+    <w:p w14:paraId="1A25ED65" w14:textId="77777777" w:rsidR="008F51DD" w:rsidRDefault="008F51DD" w:rsidP="00BA0D70"/>
+    <w:p w14:paraId="7D488B01" w14:textId="3E0A5EB5" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00BA0D70">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E3167">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Are there any particular groups of people who will benefit from your project or activity?</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="00A008F2" w:rsidR="00BA0D70" w:rsidP="00BA0D70" w:rsidRDefault="00BA0D70" w14:paraId="0089A6D0" w14:textId="6C0A290F">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Are there any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008E3167">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>particular groups</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008E3167">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of people who will benefit from your project or activity?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0089A6D0" w14:textId="6C0A290F" w:rsidR="00BA0D70" w:rsidRPr="00A008F2" w:rsidRDefault="00BA0D70" w:rsidP="00BA0D70">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00BA0D70">
+      <w:r w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Select all that apply. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00BA0D70">
+        <w:t>Select all that apply. We</w:t>
+      </w:r>
+      <w:r w:rsidR="36EAEAC7" w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>We</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="36EAEAC7">
+        <w:t xml:space="preserve"> have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> have</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00BA0D70">
+        <w:t xml:space="preserve"> listed a range of </w:t>
+      </w:r>
+      <w:r w:rsidR="1DAC4401" w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> listed a range of </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="1DAC4401">
+        <w:t>groups;</w:t>
+      </w:r>
+      <w:r w:rsidR="674D06AB" w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>groups;</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="674D06AB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0F233428" w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="0F233428">
+        <w:t>however,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>however,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00BA0D70">
+        <w:t xml:space="preserve"> these aren't exhaustive. Please list any additional groups in the 'Other' box provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F387BA3" w14:textId="77777777" w:rsidR="00E05477" w:rsidRPr="00A008F2" w:rsidRDefault="00E05477" w:rsidP="00BA0D70">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> these </w:t>
-[...38 lines deleted...]
-    <w:p w:rsidR="00BA0D70" w:rsidP="00E05477" w:rsidRDefault="00BA0D70" w14:paraId="601BE870" w14:textId="51599FAF">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="601BE870" w14:textId="51599FAF" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00E05477">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Black, Asian and Minority Ethnic communities</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00E05477" w:rsidRDefault="00BA0D70" w14:paraId="04F3B9C5" w14:textId="7B56BA42">
+    <w:p w14:paraId="04F3B9C5" w14:textId="7B56BA42" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00E05477">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Children and young people</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00E05477" w:rsidRDefault="00BA0D70" w14:paraId="156B0917" w14:textId="51DC8F2A">
+    <w:p w14:paraId="156B0917" w14:textId="51DC8F2A" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00E05477">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Economically and/or socially disadvantaged</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00E05477" w:rsidRDefault="00BA0D70" w14:paraId="61D88ED4" w14:textId="4D86EC39">
+    <w:p w14:paraId="61D88ED4" w14:textId="4D86EC39" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00E05477">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Faith communities</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00E05477" w:rsidRDefault="00BA0D70" w14:paraId="403E8106" w14:textId="04602142">
+    <w:p w14:paraId="403E8106" w14:textId="04602142" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00E05477">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Gender-specific (e.g. female only)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00E05477" w:rsidRDefault="00BA0D70" w14:paraId="4DE5659C" w14:textId="6D3273BA">
+    <w:p w14:paraId="4DE5659C" w14:textId="6D3273BA" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00E05477">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>LGBTQIA+</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00E05477" w:rsidRDefault="00BA0D70" w14:paraId="38E04343" w14:textId="5A2B7053">
+    <w:p w14:paraId="38E04343" w14:textId="5A2B7053" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00E05477">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Older people</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00E05477" w:rsidRDefault="00BA0D70" w14:paraId="0C16446D" w14:textId="12707497">
+    <w:p w14:paraId="0C16446D" w14:textId="12707497" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00E05477">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>People who are experiencing homelessness or at risk of homelessness</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00E05477" w:rsidRDefault="00BA0D70" w14:paraId="6C4E22D5" w14:textId="340A3B99">
+    <w:p w14:paraId="6C4E22D5" w14:textId="340A3B99" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00E05477">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>People with disabilities and/or existing health conditions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00E05477" w:rsidRDefault="00BA0D70" w14:paraId="39DACD1F" w14:textId="62AB2876">
+    <w:p w14:paraId="39DACD1F" w14:textId="62AB2876" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00E05477">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Refugees and asylum seekers</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00E05477" w:rsidRDefault="00BA0D70" w14:paraId="70618686" w14:textId="52A5489B">
+    <w:p w14:paraId="70618686" w14:textId="52A5489B" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00E05477">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Volunteers</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00E05477" w:rsidRDefault="00BA0D70" w14:paraId="6872AD13" w14:textId="77777777">
+    <w:p w14:paraId="6872AD13" w14:textId="77777777" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00E05477">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E05477" w:rsidP="00E05477" w:rsidRDefault="00E05477" w14:paraId="4A324807" w14:textId="77777777"/>
-[...63 lines deleted...]
-    <w:p w:rsidR="00A008F2" w:rsidP="00BA0D70" w:rsidRDefault="00A008F2" w14:paraId="10D2ABC7" w14:textId="3A2DD466">
+    <w:p w14:paraId="4A324807" w14:textId="77777777" w:rsidR="00E05477" w:rsidRDefault="00E05477" w:rsidP="00E05477"/>
+    <w:p w14:paraId="1266AF69" w14:textId="28F8965E" w:rsidR="00BA0D70" w:rsidRPr="00E05477" w:rsidRDefault="00BA0D70" w:rsidP="00BA0D70">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you selected 'Other' please tell us which </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>groups</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you plan to work with below</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="093C41EF" w14:textId="40746403" w:rsidR="00425E8F" w:rsidRDefault="00425E8F" w:rsidP="00425E8F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36E68BA0" w14:textId="3F4957F9" w:rsidR="00425E8F" w:rsidRDefault="00425E8F" w:rsidP="00425E8F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35127642" w14:textId="6D3C806A" w:rsidR="00425E8F" w:rsidRDefault="00425E8F" w:rsidP="00425E8F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13D9C637" w14:textId="77777777" w:rsidR="00E05477" w:rsidRDefault="00E05477" w:rsidP="00BA0D70">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32127617" w14:textId="2343515F" w:rsidR="00425E8F" w:rsidRDefault="00425E8F" w:rsidP="00425E8F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57A82B1B" w14:textId="003B66A4" w:rsidR="00425E8F" w:rsidRDefault="00425E8F" w:rsidP="00425E8F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10D2ABC7" w14:textId="76F1499F" w:rsidR="00A008F2" w:rsidRDefault="00A008F2" w:rsidP="00BA0D70">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A008F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Which of the following categories will your project or activity cover?*</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="00A008F2" w:rsidR="00BA0D70" w:rsidP="00BA0D70" w:rsidRDefault="00BA0D70" w14:paraId="01326F03" w14:textId="283D6AB6">
+        <w:t>Which of the following categories will your project or activity cover?</w:t>
+      </w:r>
+      <w:r w:rsidR="00D11624">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A008F2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01326F03" w14:textId="283D6AB6" w:rsidR="00BA0D70" w:rsidRPr="00A008F2" w:rsidRDefault="00BA0D70" w:rsidP="00BA0D70">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00BA0D70">
+      <w:r w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Select all that apply. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00BA0D70">
+        <w:t>Select all that apply. We</w:t>
+      </w:r>
+      <w:r w:rsidR="795AEBA1" w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>We</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="795AEBA1">
+        <w:t xml:space="preserve"> have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> have</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00BA0D70">
+        <w:t xml:space="preserve"> listed a range of </w:t>
+      </w:r>
+      <w:r w:rsidR="26792FD5" w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> listed a range of </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="26792FD5">
+        <w:t>categories;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>categories;</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00BA0D70">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="36F6E441" w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="36F6E441">
+        <w:t>however,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>however,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00BA0D70">
+        <w:t xml:space="preserve"> these are</w:t>
+      </w:r>
+      <w:r w:rsidR="683E8851" w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> these </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00BA0D70">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>are</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="683E8851">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0796EAF1" w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00BA0D70">
+        <w:t>ot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>n</w:t>
-[...31 lines deleted...]
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="0C334EE0" w14:textId="55ABFB6C">
+        <w:t xml:space="preserve"> exhaustive. Please list any additional items in the 'Other' box provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D986D5" w14:textId="77777777" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00BA0D70"/>
+    <w:p w14:paraId="0C334EE0" w14:textId="55ABFB6C" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Advice and justice</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="7ED5DBAB" w14:textId="00ECE6EB">
+    <w:p w14:paraId="7ED5DBAB" w14:textId="00ECE6EB" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Arts, culture and heritage</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="0F4E8DF0" w14:textId="378F86C7">
+    <w:p w14:paraId="0F4E8DF0" w14:textId="378F86C7" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Capital funding</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="6B543CBD" w14:textId="0C4ED495">
+    <w:p w14:paraId="6B543CBD" w14:textId="0C4ED495" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Community action and development</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="508D46EB" w14:textId="25486F05">
+    <w:p w14:paraId="508D46EB" w14:textId="25486F05" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Environment, climate change and sustainability</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="62607B29" w14:textId="1A9A7D09">
+    <w:p w14:paraId="62607B29" w14:textId="1A9A7D09" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Health and wellbeing</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="3CEF53C2" w14:textId="6CE25FB9">
+    <w:p w14:paraId="3CEF53C2" w14:textId="6CE25FB9" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Public spaces</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="288210FA" w14:textId="22971F67">
+    <w:p w14:paraId="288210FA" w14:textId="22971F67" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Skills and training</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="36CBD59F" w14:textId="22697BDC">
+    <w:p w14:paraId="36CBD59F" w14:textId="22697BDC" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Social enterprise or community business</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="54EECCF2" w14:textId="584E0A35">
+    <w:p w14:paraId="54EECCF2" w14:textId="584E0A35" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Sports and physical activity</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="434E74D3" w:rsidP="00425E8F" w:rsidRDefault="434E74D3" w14:paraId="59616B9D" w14:textId="3BAB3F77">
+    <w:p w14:paraId="59616B9D" w14:textId="3BAB3F77" w:rsidR="434E74D3" w:rsidRDefault="434E74D3" w:rsidP="00425E8F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="68394870" w14:textId="77777777">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sustainable projects in natural environments </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>e.g</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> parks, woods, meadows, rivers and allotments etc</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68394870" w14:textId="77777777" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D05365" w:rsidP="00D05365" w:rsidRDefault="00D05365" w14:paraId="28940AD9" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00D05365" w:rsidR="00BA0D70" w:rsidP="00BA0D70" w:rsidRDefault="00BA0D70" w14:paraId="789CD96F" w14:textId="2CB097A4">
+    <w:p w14:paraId="28940AD9" w14:textId="77777777" w:rsidR="00D05365" w:rsidRDefault="00D05365" w:rsidP="00D05365"/>
+    <w:p w14:paraId="789CD96F" w14:textId="2CB097A4" w:rsidR="00BA0D70" w:rsidRPr="00D05365" w:rsidRDefault="00BA0D70" w:rsidP="00BA0D70">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D05365">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>If you selected 'Other' please tell us which categories your project / activity will deliver below</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D05365" w:rsidP="00BA0D70" w:rsidRDefault="00D05365" w14:paraId="35AA6A8F" w14:textId="77777777"/>
-[...16 lines deleted...]
-    <w:p w:rsidRPr="00D05365" w:rsidR="00BA0D70" w:rsidP="00BA0D70" w:rsidRDefault="00BA0D70" w14:paraId="344E74FB" w14:textId="0DB6298D">
+    <w:p w14:paraId="35AA6A8F" w14:textId="77777777" w:rsidR="00D05365" w:rsidRDefault="00D05365" w:rsidP="00BA0D70"/>
+    <w:p w14:paraId="2524395D" w14:textId="616C5430" w:rsidR="00425E8F" w:rsidRDefault="00425E8F" w:rsidP="00425E8F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50C95BCC" w14:textId="3D4D5123" w:rsidR="00425E8F" w:rsidRDefault="00425E8F" w:rsidP="00425E8F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="344E74FB" w14:textId="0DB6298D" w:rsidR="00BA0D70" w:rsidRPr="00D05365" w:rsidRDefault="00BA0D70" w:rsidP="00BA0D70">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D05365">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Are there any particular areas of the city that you want to focus on?</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="00A008F2" w:rsidR="00BA0D70" w:rsidP="00BA0D70" w:rsidRDefault="00BA0D70" w14:paraId="0110E076" w14:textId="201DEFD6">
+        <w:t xml:space="preserve">Are there any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D05365">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>particular areas</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D05365">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the city that you want to focus on?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0110E076" w14:textId="201DEFD6" w:rsidR="00BA0D70" w:rsidRPr="00A008F2" w:rsidRDefault="00BA0D70" w:rsidP="00BA0D70">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00BA0D70">
+      <w:r w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Select all that apply. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00BA0D70">
+        <w:lastRenderedPageBreak/>
+        <w:t>Select all that apply. We</w:t>
+      </w:r>
+      <w:r w:rsidR="48B568DC" w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>We</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="48B568DC">
+        <w:t xml:space="preserve"> have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> have</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00BA0D70">
+        <w:t xml:space="preserve"> listed some neighbourhood </w:t>
+      </w:r>
+      <w:r w:rsidR="2F4C9BA7" w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> listed some neighbourhood </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="2F4C9BA7">
+        <w:t>areas;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>areas;</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00BA0D70">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ho</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00BA0D70">
+        <w:t>however</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>wever t</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00BA0D70">
+        <w:t xml:space="preserve"> these are</w:t>
+      </w:r>
+      <w:r w:rsidR="6CC70A73" w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">hese </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00BA0D70">
+        <w:t xml:space="preserve"> not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425E8F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>are</w:t>
-[...45 lines deleted...]
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="64CAEA92" w14:textId="581B4E63">
+        <w:t xml:space="preserve"> exhaustive. Please list any additional areas in the 'Other' box provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="402F85AB" w14:textId="77777777" w:rsidR="00D05365" w:rsidRDefault="00D05365" w:rsidP="00BA0D70"/>
+    <w:p w14:paraId="64CAEA92" w14:textId="581B4E63" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Barton</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="271CCE2B" w14:textId="543F5AAB">
+    <w:p w14:paraId="271CCE2B" w14:textId="543F5AAB" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Botley</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="79CE3F59" w14:textId="2209A1F1">
+    <w:p w14:paraId="79CE3F59" w14:textId="2209A1F1" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>City centre</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="41FDB024" w14:textId="76E7DB65">
+    <w:p w14:paraId="41FDB024" w14:textId="76E7DB65" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>East Oxford</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="11B93852" w14:textId="41B782BB">
+    <w:p w14:paraId="11B93852" w14:textId="41B782BB" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Leys</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="1BCE08BD" w14:textId="19FFDEA5">
+    <w:p w14:paraId="1BCE08BD" w14:textId="19FFDEA5" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Littlemore</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="77BA8FB2" w14:textId="3E433EE0">
+    <w:p w14:paraId="77BA8FB2" w14:textId="3E433EE0" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>North Oxford</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="4894ABC2" w14:textId="07F07A04">
+    <w:p w14:paraId="4894ABC2" w14:textId="07F07A04" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Rose Hill</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="08C4B80A" w14:textId="423C6DD2">
+    <w:p w14:paraId="08C4B80A" w14:textId="423C6DD2" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>South Oxford</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="6F3DB82E" w14:textId="4F61972C">
+    <w:p w14:paraId="6F3DB82E" w14:textId="4F61972C" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>West Oxford</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="13EB81A4" w14:textId="2CA2D382">
+    <w:p w14:paraId="13EB81A4" w14:textId="2CA2D382" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Whole city</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0D70" w:rsidP="00D05365" w:rsidRDefault="00BA0D70" w14:paraId="4CD91E6F" w14:textId="77777777">
+    <w:p w14:paraId="4CD91E6F" w14:textId="77777777" w:rsidR="00BA0D70" w:rsidRDefault="00BA0D70" w:rsidP="00D05365">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D05365" w:rsidP="00D05365" w:rsidRDefault="00D05365" w14:paraId="69585896" w14:textId="77777777"/>
-    <w:p w:rsidR="0055269B" w:rsidP="00BA0D70" w:rsidRDefault="00BA0D70" w14:paraId="603474EE" w14:textId="0C8DE60C">
+    <w:p w14:paraId="69585896" w14:textId="77777777" w:rsidR="00D05365" w:rsidRDefault="00D05365" w:rsidP="00D05365"/>
+    <w:p w14:paraId="603474EE" w14:textId="0C8DE60C" w:rsidR="0055269B" w:rsidRDefault="00BA0D70" w:rsidP="00BA0D70">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D05365">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>If you selected 'Other' please tell us which areas you plan to work in below</w:t>
-[...22 lines deleted...]
-          <w:bCs w:val="1"/>
+        <w:t xml:space="preserve">If you selected 'Other' please tell us which </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D05365">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>areas</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D05365">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you plan to work in below</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E1C1EE4" w14:textId="77777777" w:rsidR="001E2A3C" w:rsidRDefault="001E2A3C" w:rsidP="00BA0D70">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38133898" w14:textId="77777777" w:rsidR="001E2A3C" w:rsidRDefault="001E2A3C" w:rsidP="00BA0D70">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66B81C05" w14:textId="3CB5173D" w:rsidR="00425E8F" w:rsidRDefault="00425E8F" w:rsidP="00425E8F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00425E8F" w:rsidP="00425E8F" w:rsidRDefault="00425E8F" w14:paraId="550F2182" w14:textId="554702AB">
-[...3 lines deleted...]
-          <w:bCs w:val="1"/>
+    <w:p w14:paraId="550F2182" w14:textId="554702AB" w:rsidR="00425E8F" w:rsidRDefault="00425E8F" w:rsidP="00425E8F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="001E2A3C" w:rsidR="001E2A3C" w:rsidP="001E2A3C" w:rsidRDefault="001E2A3C" w14:paraId="76682876" w14:textId="68050864">
-[...3 lines deleted...]
-          <w:bCs w:val="1"/>
+    <w:p w14:paraId="76682876" w14:textId="68050864" w:rsidR="001E2A3C" w:rsidRPr="001E2A3C" w:rsidRDefault="001E2A3C" w:rsidP="001E2A3C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425E8F" w:rsidR="001E2A3C">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00425E8F" w:rsidR="7447CBF7">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="7447CBF7" w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00425E8F" w:rsidR="001E2A3C">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>: Criteria</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00425E8F" w:rsidP="00425E8F" w:rsidRDefault="00425E8F" w14:paraId="06860A22" w14:textId="340EB46A">
-[...3 lines deleted...]
-          <w:bCs w:val="1"/>
+    <w:p w14:paraId="06860A22" w14:textId="340EB46A" w:rsidR="00425E8F" w:rsidRDefault="00425E8F" w:rsidP="00425E8F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="001E2A3C" w:rsidR="001E2A3C" w:rsidP="001E2A3C" w:rsidRDefault="001E2A3C" w14:paraId="779988D0" w14:textId="2DCBD40B">
-[...1 lines deleted...]
-        <w:rPr/>
+    <w:p w14:paraId="779988D0" w14:textId="2DCBD40B" w:rsidR="001E2A3C" w:rsidRPr="001E2A3C" w:rsidRDefault="00A008F2" w:rsidP="001E2A3C">
+      <w:r>
         <w:t xml:space="preserve">Please complete this section carefully as each answer is scored according to the percentages given below. These are all based on the criteria on our website </w:t>
       </w:r>
-      <w:hyperlink r:id="Ra81fbd4ca6f54041">
-        <w:r w:rsidRPr="00425E8F" w:rsidR="00A008F2">
+      <w:hyperlink r:id="rId26">
+        <w:r w:rsidRPr="00425E8F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.oxford.gov.uk/oxford-community-impact-fund/applications-will-scored-criteria</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="001E2A3C" w:rsidR="001E2A3C" w:rsidP="001E2A3C" w:rsidRDefault="001E2A3C" w14:paraId="58228E85" w14:textId="77777777"/>
-    <w:p w:rsidRPr="001E2A3C" w:rsidR="001E2A3C" w:rsidP="001E2A3C" w:rsidRDefault="001E2A3C" w14:paraId="40C26101" w14:textId="3ABF1088">
+    <w:p w14:paraId="58228E85" w14:textId="77777777" w:rsidR="001E2A3C" w:rsidRPr="001E2A3C" w:rsidRDefault="001E2A3C" w:rsidP="001E2A3C"/>
+    <w:p w14:paraId="40C26101" w14:textId="3ABF1088" w:rsidR="001E2A3C" w:rsidRPr="001E2A3C" w:rsidRDefault="001E2A3C" w:rsidP="001E2A3C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E2A3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Reducing inequalities in the city – score up to 60%</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B00E64" w:rsidP="001E2A3C" w:rsidRDefault="001E2A3C" w14:paraId="48A6D0A0" w14:textId="77777777">
+    <w:p w14:paraId="48A6D0A0" w14:textId="77777777" w:rsidR="00B00E64" w:rsidRDefault="001E2A3C" w:rsidP="001E2A3C">
       <w:r w:rsidRPr="001E2A3C">
-        <w:t xml:space="preserve">The key purpose of the Oxford Community Impact Fund is to help reduce inequalities in the city. Please give details about which inequalities you will focus on (e.g protected characteristics, environmental, health, socio-economic inequalities). </w:t>
-[...3 lines deleted...]
-    <w:p w:rsidRPr="001E2A3C" w:rsidR="001E2A3C" w:rsidP="001E2A3C" w:rsidRDefault="001E2A3C" w14:paraId="7C103149" w14:textId="507C5180">
+        <w:t>The key purpose of the Oxford Community Impact Fund is to help reduce inequalities in the city. Please give details about which inequalities you will focus on (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2A3C">
+        <w:t>e.g</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2A3C">
+        <w:t xml:space="preserve"> protected characteristics, environmental, health, socio-economic inequalities). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="135E2717" w14:textId="1948C328" w:rsidR="005D08DD" w:rsidRDefault="005D08DD" w:rsidP="001E2A3C">
+      <w:r>
+        <w:t>200 words</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="524282D5" w14:textId="77777777" w:rsidR="00B00E64" w:rsidRDefault="00B00E64" w:rsidP="001E2A3C"/>
+    <w:p w14:paraId="7C103149" w14:textId="507C5180" w:rsidR="001E2A3C" w:rsidRPr="001E2A3C" w:rsidRDefault="001E2A3C" w:rsidP="001E2A3C">
       <w:r w:rsidRPr="001E2A3C">
         <w:t>Please include how you have assessed the needs, how you will involve the people that your project will impact and what actions you will take.  Click on the link below for prompts which may help you consider your response.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E2A3C" w:rsidP="001E2A3C" w:rsidRDefault="00B00E64" w14:paraId="143FBA21" w14:textId="48076542">
-      <w:hyperlink w:history="1" r:id="rId27">
+    <w:p w14:paraId="143FBA21" w14:textId="48076542" w:rsidR="001E2A3C" w:rsidRDefault="00B00E64" w:rsidP="001E2A3C">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00E362C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.oxford.gov.uk/oxford-community-impact-fund/strengthen-application</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E2A3C" w:rsidR="00B00E64" w:rsidP="001E2A3C" w:rsidRDefault="00B00E64" w14:paraId="648D9723" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00B00E64" w:rsidR="001E2A3C" w:rsidP="001E2A3C" w:rsidRDefault="001E2A3C" w14:paraId="6BD43A29" w14:textId="4EEA17C2">
+    <w:p w14:paraId="648D9723" w14:textId="77777777" w:rsidR="00B00E64" w:rsidRPr="001E2A3C" w:rsidRDefault="00B00E64" w:rsidP="001E2A3C"/>
+    <w:p w14:paraId="6BD43A29" w14:textId="4EEA17C2" w:rsidR="001E2A3C" w:rsidRPr="00B00E64" w:rsidRDefault="001E2A3C" w:rsidP="001E2A3C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B00E64">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Your budget and attracting other funding – score up to 40%</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E2A3C" w:rsidR="001E2A3C" w:rsidP="001E2A3C" w:rsidRDefault="001E2A3C" w14:paraId="47C81D3F" w14:textId="77777777">
+    <w:p w14:paraId="47C81D3F" w14:textId="77777777" w:rsidR="001E2A3C" w:rsidRPr="001E2A3C" w:rsidRDefault="001E2A3C" w:rsidP="001E2A3C">
       <w:r w:rsidRPr="001E2A3C">
         <w:t>We are looking to support organisations and individuals who can bring in additional funding to the city and use our grant to generate/earn additional income.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E2A3C" w:rsidP="001E2A3C" w:rsidRDefault="001E2A3C" w14:paraId="6316D885" w14:textId="77777777">
+    <w:p w14:paraId="6316D885" w14:textId="77777777" w:rsidR="001E2A3C" w:rsidRDefault="001E2A3C" w:rsidP="001E2A3C">
       <w:r w:rsidRPr="001E2A3C">
         <w:t>Applications that attract larger levels of funding will score more highly. Please explain what additional funding/income your work or activity will generate. Please write no more than 200 words and use bullet points if you prefer.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E2A3C" w:rsidR="00B00E64" w:rsidP="001E2A3C" w:rsidRDefault="00B00E64" w14:paraId="751C0810" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00B00E64" w:rsidR="001E2A3C" w:rsidP="001E2A3C" w:rsidRDefault="001E2A3C" w14:paraId="7E7D4FF6" w14:textId="059E4BF7">
+    <w:p w14:paraId="751C0810" w14:textId="77777777" w:rsidR="00B00E64" w:rsidRPr="001E2A3C" w:rsidRDefault="00B00E64" w:rsidP="001E2A3C"/>
+    <w:p w14:paraId="7E7D4FF6" w14:textId="059E4BF7" w:rsidR="001E2A3C" w:rsidRPr="00B00E64" w:rsidRDefault="001E2A3C" w:rsidP="001E2A3C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B00E64">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Using the template below, please upload your budget and leverage for this projec</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B00E64" w:rsidR="00B00E64">
+      <w:r w:rsidR="00B00E64" w:rsidRPr="00B00E64">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E2A3C" w:rsidP="001E2A3C" w:rsidRDefault="00B00E64" w14:paraId="287194EB" w14:textId="5A374EB6">
-      <w:hyperlink w:history="1" r:id="rId28">
+    <w:p w14:paraId="287194EB" w14:textId="5A374EB6" w:rsidR="001E2A3C" w:rsidRDefault="00B00E64" w:rsidP="001E2A3C">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00E362C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://tinyurl.com/Small-Grant-Budget-Template</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E2A3C" w:rsidR="00B00E64" w:rsidP="001E2A3C" w:rsidRDefault="00B00E64" w14:paraId="563C9116" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00B00E64" w:rsidR="001E2A3C" w:rsidP="001E2A3C" w:rsidRDefault="001E2A3C" w14:paraId="286ABB49" w14:textId="24D4F815">
+    <w:p w14:paraId="563C9116" w14:textId="77777777" w:rsidR="00B00E64" w:rsidRPr="001E2A3C" w:rsidRDefault="00B00E64" w:rsidP="001E2A3C"/>
+    <w:p w14:paraId="286ABB49" w14:textId="24D4F815" w:rsidR="001E2A3C" w:rsidRPr="00B00E64" w:rsidRDefault="001E2A3C" w:rsidP="001E2A3C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B00E64">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Using the template below, please complete with the details of any partner organisations you'll be working with using this funding. If you don't have any partners, please still upload the file and add 'not applicable'</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E2A3C" w:rsidP="001E2A3C" w:rsidRDefault="00B00E64" w14:paraId="411EBD12" w14:textId="255BDC23">
-      <w:hyperlink w:history="1" r:id="rId29">
+    <w:p w14:paraId="411EBD12" w14:textId="255BDC23" w:rsidR="001E2A3C" w:rsidRDefault="00B00E64" w:rsidP="001E2A3C">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00E362C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://tinyurl.com/Small-Grant-Partner-Template</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B00E64" w:rsidP="001E2A3C" w:rsidRDefault="00B00E64" w14:paraId="57CA4F05" w14:textId="77777777"/>
-[...5 lines deleted...]
-          <w:bCs w:val="1"/>
+    <w:p w14:paraId="57CA4F05" w14:textId="77777777" w:rsidR="00B00E64" w:rsidRDefault="00B00E64" w:rsidP="001E2A3C"/>
+    <w:p w14:paraId="2F78F4E2" w14:textId="77777777" w:rsidR="00B00E64" w:rsidRDefault="00B00E64" w:rsidP="001E2A3C"/>
+    <w:p w14:paraId="195E99DD" w14:textId="467ACF97" w:rsidR="00B7146D" w:rsidRPr="00390593" w:rsidRDefault="00B7146D" w:rsidP="00B7146D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00B7146D">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00425E8F" w:rsidR="6936529F">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidR="6936529F" w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00425E8F" w:rsidR="00B7146D">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>: Application Form Feedback</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A008F2" w:rsidP="00B7146D" w:rsidRDefault="00A008F2" w14:paraId="77CC3BAE" w14:textId="77777777">
-[...7 lines deleted...]
-    <w:p w:rsidRPr="00390593" w:rsidR="00B7146D" w:rsidP="00B7146D" w:rsidRDefault="00B7146D" w14:paraId="5D417359" w14:textId="628DDFB6">
+    <w:p w14:paraId="77CC3BAE" w14:textId="77777777" w:rsidR="00A008F2" w:rsidRDefault="00A008F2" w:rsidP="00B7146D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D417359" w14:textId="628DDFB6" w:rsidR="00B7146D" w:rsidRPr="00390593" w:rsidRDefault="00B7146D" w:rsidP="00B7146D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00390593">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Finally, if you'd like to provide any feedback, please include this here</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B7146D" w:rsidP="00B7146D" w:rsidRDefault="00B7146D" w14:paraId="32F302C9" w14:textId="77777777">
+    <w:p w14:paraId="32F302C9" w14:textId="77777777" w:rsidR="00B7146D" w:rsidRDefault="00B7146D" w:rsidP="00B7146D">
       <w:r>
         <w:t>Please note this should be feedback on the application process only</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B7146D" w:rsidP="00B7146D" w:rsidRDefault="00B7146D" w14:paraId="30A985B2" w14:textId="77777777"/>
-[...5 lines deleted...]
-          <w:bCs w:val="1"/>
+    <w:p w14:paraId="30A985B2" w14:textId="77777777" w:rsidR="00B7146D" w:rsidRDefault="00B7146D" w:rsidP="00B7146D"/>
+    <w:p w14:paraId="7A59C71B" w14:textId="5DDE77B5" w:rsidR="008360B8" w:rsidRPr="009A1B03" w:rsidRDefault="008360B8" w:rsidP="008360B8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:bCs w:val="1"/>
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="442170A7" w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:bCs w:val="1"/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">: Declarations </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="61384E18" w14:textId="77777777"/>
-    <w:p w:rsidRPr="006010A6" w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="4818CF27" w14:textId="7A3A54C0">
+    <w:p w14:paraId="61384E18" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8"/>
+    <w:p w14:paraId="4818CF27" w14:textId="7A3A54C0" w:rsidR="008360B8" w:rsidRPr="006010A6" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006010A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Please tick the boxes below to confirm that your organisation:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="7ACFDC3D" w14:textId="77777777">
+    <w:p w14:paraId="7ACFDC3D" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Can deliver the plans outlined in this application and that these plans fall within the remit of the organisation’s aims and objectives</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="1340FE88" w14:textId="77777777">
+    <w:p w14:paraId="1340FE88" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Has a functioning governing body appropriate for the organisation</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="3F717050" w14:textId="77777777">
+        <w:t xml:space="preserve">Has a functioning governing body </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>appropriate</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> for the organisation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F717050" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Has appropriate insurance in place</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="7DEE7CC8" w14:textId="77777777">
+    <w:p w14:paraId="7DEE7CC8" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Has policies (or similar) in place in line with current legislation including Equality and Diversity, Health and Safety, Risk Management, Safeguarding, and Data Protection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00095945" w:rsidP="00095945" w:rsidRDefault="00095945" w14:paraId="1E8B0D87" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00095945" w:rsidR="008360B8" w:rsidP="00095945" w:rsidRDefault="008360B8" w14:paraId="41360F0D" w14:textId="3602A545">
+    <w:p w14:paraId="1E8B0D87" w14:textId="77777777" w:rsidR="00095945" w:rsidRDefault="00095945" w:rsidP="00095945"/>
+    <w:p w14:paraId="41360F0D" w14:textId="3602A545" w:rsidR="008360B8" w:rsidRPr="00095945" w:rsidRDefault="008360B8" w:rsidP="00095945">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00095945">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Do you work with any of the following?*</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="51EC2C14" w14:textId="77777777">
+        <w:t xml:space="preserve">Do you work with any of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00095945">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>following?*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="51EC2C14" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Children and young people under the age of 18</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="6C63EA9B" w14:textId="77777777">
+    <w:p w14:paraId="6C63EA9B" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Adults who may have care and support needs</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="502C395D" w14:textId="77777777">
+    <w:p w14:paraId="502C395D" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>None of the above</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="4BA184C5" w14:textId="77777777">
+    <w:p w14:paraId="4BA184C5" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="009A1B03" w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="0E6F4732" w14:textId="2AD247B5">
+    <w:p w14:paraId="0E6F4732" w14:textId="2AD247B5" w:rsidR="008360B8" w:rsidRPr="009A1B03" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A1B03">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">If you have selected any of the above, please tick the box to confirm your organisation:     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="5E0B0388" w14:textId="77777777">
+    <w:p w14:paraId="5E0B0388" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:r>
         <w:t>Has a safeguarding policy which lays out your adherence and response to: Oxfordshire Multi Agency Safeguarding Arrangements including the requirements set out by the Oxfordshire Safeguarding Adults Board and Oxfordshire Safeguarding Children Board, and their associated legal frameworks</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="6793655A" w14:textId="77777777">
+    <w:p w14:paraId="6793655A" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- Safeguarding governance and structure within service organisation including policy leads. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="1CA40B95" w14:textId="77777777">
+    <w:p w14:paraId="1CA40B95" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- Safeguarding prevention and Early Help. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="5C5D1D75" w14:textId="77777777">
+    <w:p w14:paraId="5C5D1D75" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- Employment of staff in line with safer recruitment practices and DBS requirements. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="7B3FF288" w14:textId="77777777">
+    <w:p w14:paraId="7B3FF288" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- Escalation processes. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="5F485439" w14:textId="77777777">
+    <w:p w14:paraId="5F485439" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- A staff allegations policy. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="74D4029E" w14:textId="77777777">
+    <w:p w14:paraId="74D4029E" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- Appropriate level of safeguarding training dependent on employee’s role. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="04756788" w14:textId="77777777">
+    <w:p w14:paraId="04756788" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- Reporting and recording of safeguarding concerns. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="271170E6" w14:textId="77777777">
+    <w:p w14:paraId="271170E6" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- A whistleblowing policy for staff to report concerns about other members of staff or sub-contractor. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="6324ECA3" w14:textId="77777777">
+    <w:p w14:paraId="6324ECA3" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- Advice on information sharing and the associated legal frameworks. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="1A971530" w14:textId="77777777">
+    <w:p w14:paraId="1A971530" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- Monitoring and review of safeguarding policy and procedures. For more information, please visit </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId30">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="004D73CB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.oxfordshire.gov.uk/business/information-providers/multi-agency-safeguarding-hub*</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="3114A276" w14:textId="77777777"/>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="7FA96267" w14:textId="77777777">
+    <w:p w14:paraId="3114A276" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8"/>
+    <w:p w14:paraId="7FA96267" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>I can confirm that the above is in place</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="20310BF2" w14:textId="77777777">
+    <w:p w14:paraId="20310BF2" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>I can confirm that currently we have some of the above in place, and that all of the above will be in place prior to any Oxford City Council grant funded activity taking place</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="14A40694" w14:textId="77777777">
+        <w:t xml:space="preserve">I can confirm that currently we have some of the above in place, and that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the above will be in place prior to any Oxford City Council grant funded activity taking place</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A40694" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>I require further advice from your safeguarding coordinator about this</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="739D1010" w14:textId="77777777">
+    <w:p w14:paraId="739D1010" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>My organisation does not work with children, young people, or adults with care and support needs</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A008F2" w:rsidP="008360B8" w:rsidRDefault="00A008F2" w14:paraId="3A58389A" w14:textId="60E51616">
+    <w:p w14:paraId="3A58389A" w14:textId="60E51616" w:rsidR="00A008F2" w:rsidRDefault="00A008F2" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
-        <w:rPr/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">can confirm that we have some of the above in place and that </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">I can confirm that we have some of the above in place and that </w:t>
       </w:r>
       <w:r w:rsidR="69FAFF89">
-        <w:rPr/>
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidR="00A008F2">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> the activity that I and/or the organisation is delivering, will fall under the safeguarding policy from the other organisations that we are working with</w:t>
       </w:r>
       <w:r w:rsidR="28C5C2DC">
-        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="6B7E2DC5" w14:textId="77777777"/>
-    <w:p w:rsidRPr="0082799E" w:rsidR="0082799E" w:rsidP="0082799E" w:rsidRDefault="0082799E" w14:paraId="0E74589E" w14:textId="77777777">
+    <w:p w14:paraId="6B7E2DC5" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8"/>
+    <w:p w14:paraId="0E74589E" w14:textId="77777777" w:rsidR="0082799E" w:rsidRPr="0082799E" w:rsidRDefault="0082799E" w:rsidP="0082799E">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0082799E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>If you ticked the last option in the question above, please list the other organisations in the box below</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082799E" w:rsidP="008360B8" w:rsidRDefault="0082799E" w14:paraId="42DF4555" w14:textId="77777777"/>
-    <w:p w:rsidRPr="009A1B03" w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="62AED76D" w14:textId="4AB5FE08">
+    <w:p w14:paraId="42DF4555" w14:textId="77777777" w:rsidR="0082799E" w:rsidRDefault="0082799E" w:rsidP="008360B8"/>
+    <w:p w14:paraId="62AED76D" w14:textId="4AB5FE08" w:rsidR="008360B8" w:rsidRPr="009A1B03" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A1B03">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Data protection consent*</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="005D1FD3" w:rsidRDefault="008360B8" w14:paraId="65103377" w14:textId="71015A3A">
+    <w:p w14:paraId="65103377" w14:textId="71015A3A" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="005D1FD3">
       <w:r>
         <w:t>The data on this form will be used by Oxford City Council staff to assess grant applications and monitor grant awards. It will be stored on Plinth and Oxford City Council's networks to meet operational and legal requirements which may be indefinitely. The information on this form may be shared with other grant-giving or relevant bodies or members of the public who request it.</w:t>
       </w:r>
       <w:r w:rsidR="005D1FD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A1B03">
         <w:t>Please tick the box below to confirm you understand and agree to this.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009A1B03" w:rsidR="005D1FD3" w:rsidP="005D1FD3" w:rsidRDefault="005D1FD3" w14:paraId="097B4949" w14:textId="77777777"/>
-    <w:p w:rsidRPr="009A1B03" w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="39934E92" w14:textId="77777777">
+    <w:p w14:paraId="097B4949" w14:textId="77777777" w:rsidR="005D1FD3" w:rsidRPr="009A1B03" w:rsidRDefault="005D1FD3" w:rsidP="005D1FD3"/>
+    <w:p w14:paraId="39934E92" w14:textId="77777777" w:rsidR="008360B8" w:rsidRPr="009A1B03" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009A1B03">
         <w:t>Yes, I understand and agree to this</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008360B8" w:rsidP="008360B8" w:rsidRDefault="008360B8" w14:paraId="633A17EB" w14:textId="77777777">
+    <w:p w14:paraId="633A17EB" w14:textId="77777777" w:rsidR="008360B8" w:rsidRDefault="008360B8" w:rsidP="008360B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009A1B03">
         <w:t>I would rather my data is deleted in line with the statutory minimum term</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B7146D" w:rsidP="00B7146D" w:rsidRDefault="00B7146D" w14:paraId="1E8CCFDF" w14:textId="77777777"/>
-    <w:p w:rsidR="00726CE9" w:rsidP="00726CE9" w:rsidRDefault="00726CE9" w14:paraId="6763C53F" w14:textId="77777777">
+    <w:p w14:paraId="1E8CCFDF" w14:textId="77777777" w:rsidR="00B7146D" w:rsidRDefault="00B7146D" w:rsidP="00B7146D"/>
+    <w:p w14:paraId="6763C53F" w14:textId="77777777" w:rsidR="00726CE9" w:rsidRDefault="00726CE9" w:rsidP="00726CE9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00726CE9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Submitting your application and next steps</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00726CE9" w:rsidR="00A008F2" w:rsidP="00726CE9" w:rsidRDefault="00A008F2" w14:paraId="1F7A6029" w14:textId="77777777">
+    <w:p w14:paraId="1F7A6029" w14:textId="77777777" w:rsidR="00A008F2" w:rsidRPr="00726CE9" w:rsidRDefault="00A008F2" w:rsidP="00726CE9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="001E2A3C" w:rsidR="00B00E64" w:rsidP="00726CE9" w:rsidRDefault="00726CE9" w14:paraId="619A8926" w14:textId="406DE474">
-[...15 lines deleted...]
-        <w:rPr/>
+    <w:p w14:paraId="619A8926" w14:textId="7B932F93" w:rsidR="00B00E64" w:rsidRDefault="0AFBBC85" w:rsidP="00726CE9">
+      <w:r>
+        <w:t xml:space="preserve">Once you have completed this form, please click the submit button below by Monday </w:t>
+      </w:r>
+      <w:r w:rsidR="00D11624">
+        <w:t xml:space="preserve">2 February 2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">at 9am. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A89854C" w14:textId="77777777" w:rsidR="00D11624" w:rsidRPr="001E2A3C" w:rsidRDefault="00D11624" w:rsidP="00726CE9"/>
+    <w:p w14:paraId="7C577EF7" w14:textId="5D5D3F8E" w:rsidR="00B00E64" w:rsidRDefault="0AFBBC85" w:rsidP="00726CE9">
+      <w:r>
         <w:t xml:space="preserve">Applications received after this date and time may not be considered. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E2A3C" w:rsidR="00B00E64" w:rsidP="00726CE9" w:rsidRDefault="00726CE9" w14:paraId="2EE6D74F" w14:textId="55E27FF0">
-[...15 lines deleted...]
-        <w:rPr/>
+    <w:p w14:paraId="7535B729" w14:textId="77777777" w:rsidR="00D11624" w:rsidRPr="001E2A3C" w:rsidRDefault="00D11624" w:rsidP="00726CE9"/>
+    <w:p w14:paraId="2EE6D74F" w14:textId="55E27FF0" w:rsidR="00B00E64" w:rsidRDefault="0AFBBC85" w:rsidP="00726CE9">
+      <w:r>
+        <w:t xml:space="preserve">If you are unable to submit, it is possible that a compulsory question has not been answered or answered in the wrong format (e.g. using words instead of numbers).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F8B9F1B" w14:textId="77777777" w:rsidR="00D11624" w:rsidRPr="001E2A3C" w:rsidRDefault="00D11624" w:rsidP="00726CE9"/>
+    <w:p w14:paraId="5538EB59" w14:textId="6A5CE277" w:rsidR="00B00E64" w:rsidRDefault="0AFBBC85" w:rsidP="00726CE9">
+      <w:r>
         <w:t xml:space="preserve">Any issues will be highlighted in red after clicking submit.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E2A3C" w:rsidR="00B00E64" w:rsidP="00726CE9" w:rsidRDefault="00726CE9" w14:paraId="6E5F2CDB" w14:textId="37B014AE">
-[...15 lines deleted...]
-        <w:rPr/>
+    <w:p w14:paraId="51881DBB" w14:textId="77777777" w:rsidR="00D11624" w:rsidRPr="001E2A3C" w:rsidRDefault="00D11624" w:rsidP="00726CE9"/>
+    <w:p w14:paraId="6E5F2CDB" w14:textId="37B014AE" w:rsidR="00B00E64" w:rsidRDefault="0AFBBC85" w:rsidP="00726CE9">
+      <w:r>
+        <w:t xml:space="preserve">Once you have successfully submitted, you will see a screen that confirms your form has been received. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F765951" w14:textId="77777777" w:rsidR="00D11624" w:rsidRPr="001E2A3C" w:rsidRDefault="00D11624" w:rsidP="00726CE9"/>
+    <w:p w14:paraId="6FA119DD" w14:textId="1EFD215D" w:rsidR="00B00E64" w:rsidRDefault="0AFBBC85" w:rsidP="00726CE9">
+      <w:r>
         <w:t xml:space="preserve">If you do not see this message or have any queries, please contact Plinth via the live chat (blue box at bottom right of the page).  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E2A3C" w:rsidR="00B00E64" w:rsidP="00726CE9" w:rsidRDefault="00726CE9" w14:paraId="3727D9BE" w14:textId="3E6B9361">
-[...11 lines deleted...]
-        <w:rPr/>
+    <w:p w14:paraId="321D9A9A" w14:textId="77777777" w:rsidR="00D11624" w:rsidRPr="001E2A3C" w:rsidRDefault="00D11624" w:rsidP="00726CE9"/>
+    <w:p w14:paraId="3727D9BE" w14:textId="3E6B9361" w:rsidR="00B00E64" w:rsidRDefault="0AFBBC85" w:rsidP="00726CE9">
+      <w:r>
+        <w:t xml:space="preserve">It is recommended that you save a copy, and to do so, click on print and then save as pdf. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6536809F" w14:textId="77777777" w:rsidR="00D11624" w:rsidRPr="001E2A3C" w:rsidRDefault="00D11624" w:rsidP="00726CE9"/>
+    <w:p w14:paraId="09521402" w14:textId="391A74BD" w:rsidR="00B00E64" w:rsidRPr="001E2A3C" w:rsidRDefault="0AFBBC85" w:rsidP="00726CE9">
+      <w:r>
         <w:t>You can view an online copy of your submission by returning to your account on Plinth.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="001E2A3C" w:rsidR="00B00E64">
-      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+    <w:sectPr w:rsidR="00B00E64" w:rsidRPr="001E2A3C">
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3489,147 +3413,147 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="030D30A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7F60C3C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23B10795"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="90965F0A"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3770,757 +3694,757 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3983231B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8CF412C6"/>
+    <w:tmpl w:val="B70E499A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="462110B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04DA7C6A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47AC496A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="362A5710"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47F36C88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC30439A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A1269A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="92B2463E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="571A4950"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="737E0546"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5ABB0E3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51689D6A"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -4580,599 +4504,599 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D4A2129"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B79C5F32"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F45325D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BAB43734"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65552EC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="346EE08E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67877685"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5126B41E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E493578"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01DE15A8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="736E01B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="15CA6576"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5364,107 +5288,112 @@
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1323270126">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="236332309">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="86195135">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="113138878">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1346861184">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="270288223">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005155DA"/>
     <w:rsid w:val="00095945"/>
     <w:rsid w:val="000B4310"/>
     <w:rsid w:val="001C5116"/>
     <w:rsid w:val="001E2A3C"/>
     <w:rsid w:val="002716AA"/>
     <w:rsid w:val="00301E19"/>
     <w:rsid w:val="00342677"/>
     <w:rsid w:val="003850F4"/>
     <w:rsid w:val="004000D7"/>
     <w:rsid w:val="00425E8F"/>
+    <w:rsid w:val="00483A10"/>
     <w:rsid w:val="00491959"/>
     <w:rsid w:val="00504E43"/>
     <w:rsid w:val="005155DA"/>
     <w:rsid w:val="00522598"/>
     <w:rsid w:val="0055269B"/>
     <w:rsid w:val="005C3C4C"/>
+    <w:rsid w:val="005D08DD"/>
     <w:rsid w:val="005D1FD3"/>
     <w:rsid w:val="005D44C1"/>
     <w:rsid w:val="005F17FD"/>
     <w:rsid w:val="005F500B"/>
     <w:rsid w:val="006144A3"/>
     <w:rsid w:val="006144B7"/>
     <w:rsid w:val="00726CE9"/>
     <w:rsid w:val="007908F4"/>
     <w:rsid w:val="007D1ADC"/>
     <w:rsid w:val="008040AE"/>
     <w:rsid w:val="0082799E"/>
+    <w:rsid w:val="00830AEC"/>
     <w:rsid w:val="008360B8"/>
     <w:rsid w:val="00841603"/>
     <w:rsid w:val="008508F3"/>
     <w:rsid w:val="008A22C6"/>
     <w:rsid w:val="008E3167"/>
     <w:rsid w:val="008F51DD"/>
     <w:rsid w:val="009B48A3"/>
     <w:rsid w:val="00A008F2"/>
     <w:rsid w:val="00B00E64"/>
+    <w:rsid w:val="00B06C0E"/>
     <w:rsid w:val="00B20A40"/>
     <w:rsid w:val="00B67637"/>
     <w:rsid w:val="00B7146D"/>
     <w:rsid w:val="00B72198"/>
     <w:rsid w:val="00BA0D70"/>
     <w:rsid w:val="00C07F80"/>
     <w:rsid w:val="00CD14CC"/>
     <w:rsid w:val="00D05365"/>
+    <w:rsid w:val="00D11624"/>
     <w:rsid w:val="00E05477"/>
     <w:rsid w:val="00E20630"/>
     <w:rsid w:val="00E65A31"/>
     <w:rsid w:val="00FD3A85"/>
     <w:rsid w:val="0403B669"/>
     <w:rsid w:val="04E382BD"/>
     <w:rsid w:val="0796EAF1"/>
     <w:rsid w:val="087A5B8F"/>
     <w:rsid w:val="0A289F73"/>
     <w:rsid w:val="0AFBBC85"/>
     <w:rsid w:val="0B48B6E5"/>
     <w:rsid w:val="0E8ECE42"/>
     <w:rsid w:val="0F233428"/>
     <w:rsid w:val="1281FF82"/>
     <w:rsid w:val="16B02DCA"/>
     <w:rsid w:val="18DE1ECE"/>
     <w:rsid w:val="1C927B9B"/>
     <w:rsid w:val="1DAC4401"/>
     <w:rsid w:val="1DCC2494"/>
     <w:rsid w:val="1DCC29D8"/>
     <w:rsid w:val="239E9798"/>
     <w:rsid w:val="263E1906"/>
     <w:rsid w:val="26792FD5"/>
     <w:rsid w:val="267F6B9F"/>
     <w:rsid w:val="28B73521"/>
@@ -5538,127 +5467,127 @@
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4D9B2F5A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{58B9E7D5-4076-4B5C-9A23-44C385BBD806}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5814,52 +5743,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -5926,117 +5855,117 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004000D7"/>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="005155DA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005155DA"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention1" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005155DA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention2" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention2">
     <w:name w:val="Unresolved Mention2"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002716AA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="115492231">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9375,51 +9304,52 @@
                                     <w:left w:val="single" w:sz="2" w:space="0" w:color="E5E7EB"/>
                                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E5E7EB"/>
                                     <w:right w:val="single" w:sz="2" w:space="0" w:color="E5E7EB"/>
                                   </w:divBdr>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.google.com/accessibility/android?sjid=12315091248248877705-EU" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.google.com/chrome/topic/7437725?hl=en&amp;ref_topic=7439724&amp;sjid=12315091248248877705-EU" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.google.com/accessibility/android?sjid=12315091248248877705-EU" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/microsoft-edge/accessibility-features-in-microsoft-edge-4c696192-338e-9465-b2cd-bd9b698ad19a" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grants@oxford.gov.uk" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grants@oxford.gov.uk" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxford.gov.uk/oxford-community-impact-fund/introduction-oxford-community-impact-fund" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/microsoft-edge/accessibility-features-in-microsoft-edge-4c696192-338e-9465-b2cd-bd9b698ad19a" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/Small-Grant-Partner-Template" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grants@oxford.gov.uk" TargetMode="External" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.mozilla.org/en-US/kb/accessibility-features-firefox-make-firefox-and-we" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plinth.org.uk/privacy" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mcmw.abilitynet.org.uk/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxford.gov.uk/data-protection/data-protection-policy" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/Small-Grant-Budget-Template" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.google.com/chrome/topic/7437725?hl=en&amp;ref_topic=7439724&amp;sjid=12315091248248877705-EU" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.mozilla.org/en-US/kb/accessibility-features-firefox-make-firefox-and-we" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxford.gov.uk/oxford-community-impact-fund/accessibility-tools-grant-application-forms" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apple.com/uk/accessibility/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apple.com/uk/accessibility/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxford.gov.uk/oxford-community-impact-fund/strengthen-application" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxfordshire.gov.uk/business/information-providers/multi-agency-safeguarding-hub*" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxford.gov.uk/grants" TargetMode="External" Id="R773257ff93ee4bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grants@oxford.gov.uk" TargetMode="External" Id="R4057306bfc09473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxford.gov.uk/oxford-community-impact-fund/applications-will-scored-criteria" TargetMode="External" Id="Ra81fbd4ca6f54041" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grants@oxford.gov.uk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.google.com/accessibility/android?sjid=12315091248248877705-EU" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.google.com/chrome/topic/7437725?hl=en&amp;ref_topic=7439724&amp;sjid=12315091248248877705-EU" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxford.gov.uk/oxford-community-impact-fund/applications-will-scored-criteria" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.google.com/accessibility/android?sjid=12315091248248877705-EU" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxford.gov.uk/grants" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/microsoft-edge/accessibility-features-in-microsoft-edge-4c696192-338e-9465-b2cd-bd9b698ad19a" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grants@oxford.gov.uk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grants@oxford.gov.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxford.gov.uk/oxford-community-impact-fund/introduction-oxford-community-impact-fund" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/microsoft-edge/accessibility-features-in-microsoft-edge-4c696192-338e-9465-b2cd-bd9b698ad19a" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/Small-Grant-Partner-Template" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grants@oxford.gov.uk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.mozilla.org/en-US/kb/accessibility-features-firefox-make-firefox-and-we" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plinth.org.uk/privacy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mcmw.abilitynet.org.uk/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxford.gov.uk/data-protection/data-protection-policy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/Small-Grant-Budget-Template" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.google.com/chrome/topic/7437725?hl=en&amp;ref_topic=7439724&amp;sjid=12315091248248877705-EU" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.mozilla.org/en-US/kb/accessibility-features-firefox-make-firefox-and-we" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxford.gov.uk/oxford-community-impact-fund/accessibility-tools-grant-application-forms" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apple.com/uk/accessibility/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apple.com/uk/accessibility/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxford.gov.uk/oxford-community-impact-fund/strengthen-application" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxfordshire.gov.uk/business/information-providers/multi-agency-safeguarding-hub*" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9680,51 +9610,73 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC384795-FB9F-4A80-A942-90A94FE52CE2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>8</Pages>
+  <Words>2604</Words>
+  <Characters>14849</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>123</Lines>
+  <Paragraphs>34</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Oxford City Council</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>17419</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>BULLOCK Georgia</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>CLARK Maria</lastModifiedBy>
-  <revision>14</revision>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>